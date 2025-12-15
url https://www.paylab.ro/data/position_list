--- v0 (2025-10-29)
+++ v1 (2025-12-15)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2896">
   <si>
     <t>www.paylab.ro</t>
   </si>
   <si>
-    <t>10/2025</t>
+    <t>12/2025</t>
   </si>
   <si>
     <t>category_name_en</t>
   </si>
   <si>
     <t>category_name_ro</t>
   </si>
   <si>
     <t>position_name_en</t>
   </si>
   <si>
     <t>position_name_ro</t>
   </si>
   <si>
     <t>job_description_en</t>
   </si>
   <si>
     <t>job_description_ro</t>
   </si>
   <si>
     <t>Administration</t>
   </si>
   <si>
     <t>Administrație</t>
   </si>
@@ -208,102 +208,102 @@
   <si>
     <t>CSR specialist</t>
   </si>
   <si>
     <t>Specialist CSR</t>
   </si>
   <si>
     <t>* Management of corporate social responsibility (CSR) projects.
 * Preparation of press releases and cooperation with the media and organizing press conferences
 * Content preparation for company websites, digital media and social networks (Facebook, Instagram, YouTube)
 * Procurement and care of company materials (brochures, POS materials, posters, brochures)
 * Design and implementation of company events
 * Taking care of editing and translating company materials
 * Various administrative tasks such as planning, monitoring results, reporting, budgeting, etc.</t>
   </si>
   <si>
     <t>* Gestionarea proiectelor de responsabilitate socială corporativă (CSR).
 * Pregătirea comunicatelor de presă și colaborarea cu media și organizarea conferințelor de presă
 * Pregătirea conținutului pentru site-urile companiei, media digitală și rețelele sociale (Facebook, Instagram, YouTube)
 * Achiziționarea și gestionarea materialelor companiei (broșuri, materiale POS, afișe, broșuri)
 * Designul și implementarea evenimentelor companiei
 * Îngrijirea editării și traducerii materialelor companiei
 * Diverse sarcini administrative, cum ar fi planificarea, monitorizarea rezultatelor, raportarea, bugetarea etc.</t>
   </si>
   <si>
-    <t>Data Entry Operator</t>
-[...22 lines deleted...]
-  <si>
     <t>Data entry operator</t>
   </si>
   <si>
     <t>Funcționar introducere date</t>
   </si>
   <si>
     <t>* Inputting and updating data into computer systems accurately and efficiently.
 * Verifying and correcting data to ensure accuracy and completeness.
 * Maintaining organized records and files for easy retrieval of information.
 * Assisting in the preparation of reports and documents as required.
 * Collaborating with team members to ensure data integrity and consistency.
 * Responding to inquiries related to data entry and assisting with troubleshooting issues.
 * Performing regular backups of data to prevent loss of information.
 * Managing and prioritizing multiple tasks to meet deadlines effectively.
 * Ensuring compliance with data protection regulations and company policies.
 * Supporting administrative tasks as needed to enhance overall office productivity.</t>
   </si>
   <si>
     <t>* Introducerea și actualizarea datelor în sistemele de calculator cu acuratețe și eficiență.
 * Verificarea și corectarea datelor pentru a asigura acuratețea și completitudinea.
 * Menținerea unor evidențe și fișiere organizate pentru o recuperare ușoară a informațiilor.
 * Ajutor în pregătirea rapoartelor și documentelor, după cum este necesar.
 * Colaborarea cu membrii echipei pentru a asigura integritatea și consistența datelor.
 * Răspunsuri la întrebări legate de introducerea datelor și asistență pentru soluționarea problemelor.
 * Realizarea de copii de rezervă periodice a datelor pentru a preveni pierderea informațiilor.
 * Gestionarea și prioritizarea mai multor sarcini pentru a îndeplini termenele limită în mod eficient.
 * Asigurarea respectării reglementărilor de protecție a datelor și a politicilor companiei.
 * Sprijinirea sarcinilor administrative, după nevoie, pentru a îmbunătăți productivitatea generală a biroului.</t>
+  </si>
+  <si>
+    <t>Data Entry Operator</t>
+  </si>
+  <si>
+    <t>Operator introducere date</t>
+  </si>
+  <si>
+    <t>* Processing payroll by using ADP software. 
+* Maintaining all employee payroll records. 
+* Entering payroll information for all employees.
+* Recording tax withholding information.
+* Making appropriate changes in compliance with internal policies and external local, state and federal income tax regulations. 
+* Creating paper checks as well as direct deposits.
+* Creating reports to ensure accuracy of payroll processing.</t>
+  </si>
+  <si>
+    <t>* Procesarea salariilor prin utilizarea software-ului ADP.
+* Menținerea tuturor înregistrărilor de salarizare ale angajaților.
+* Introducerea informațiilor de salarizare pentru toți angajații.
+* Înregistrarea informațiilor privind reținerea impozitelor.
+* Efectuarea modificărilor adecvate în conformitate cu politicile interne și cu reglementările externe locale, statale și federale privind impozitul pe venit.
+* Crearea cecurilor pe hârtie și a depozitelor directe.
+* Crearea de rapoarte pentru a asigura acuratețea procesării salariilor.</t>
   </si>
   <si>
     <t>Diversity, Equity and Inclusion Manager</t>
   </si>
   <si>
     <t>Manager pentru diversitate, egalitate și incluziune</t>
   </si>
   <si>
     <t>* Works with managers at various levels to assess the current state of diversity, equity and inclusion, identify potential solutions and influence steps for specific action planning.
 * Collaborates with other components to develop and execute short- and long-term business strategies for Diversity, Equity and Inclusion (DEI).
 * Develop and implement DEI capability development programs and initiatives in support of corporate strategies and individual support needs.
 * Conducts equality and inclusion audits of corporate and team initiatives.
 * Monitor progress on DEI corporate commitments.
 * Manages communication of DEI principles, plans, progress, and supplemental CR stories.
 * Collaborates with partners and leaders to influence policies and identify resources needed to create an inclusive environment.</t>
   </si>
   <si>
     <t>* Lucrează cu manageri la diferite niveluri pentru a evalua starea actuală a diversității, echității și incluziunii, pentru a identifica soluții potențiale și pentru a influența pașii pentru planificarea acțiunilor specifice.
 * Colaborează cu alte componente pentru a dezvolta și executa strategii de afaceri pe termen scurt și lung pentru Diversitate, Echitate și Incluziune (DEI).
 * Dezvoltați și implementați programe și inițiative de dezvoltare a capacităților DEI în sprijinul strategiilor corporative și nevoilor individuale de asistență.
 * Efectuează audituri de egalitate și incluziune ale inițiativelor corporative și ale echipei.
 * Monitorizarea progresului privind angajamentele corporative DEI.
 * Gestionează comunicarea principiilor, planurilor, progresului și poveștilor suplimentare ale DEI.
 * Colaborează cu parteneri și lideri pentru a influența politicile și pentru a identifica resursele necesare pentru a crea un mediu incluziv.</t>
   </si>