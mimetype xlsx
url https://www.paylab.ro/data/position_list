--- v1 (2025-12-15)
+++ v2 (2026-01-29)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2896">
   <si>
     <t>www.paylab.ro</t>
   </si>
   <si>
-    <t>12/2025</t>
+    <t>01/2026</t>
   </si>
   <si>
     <t>category_name_en</t>
   </si>
   <si>
     <t>category_name_ro</t>
   </si>
   <si>
     <t>position_name_en</t>
   </si>
   <si>
     <t>position_name_ro</t>
   </si>
   <si>
     <t>job_description_en</t>
   </si>
   <si>
     <t>job_description_ro</t>
   </si>
   <si>
     <t>Administration</t>
   </si>
   <si>
     <t>Administrație</t>
   </si>
@@ -208,102 +208,102 @@
   <si>
     <t>CSR specialist</t>
   </si>
   <si>
     <t>Specialist CSR</t>
   </si>
   <si>
     <t>* Management of corporate social responsibility (CSR) projects.
 * Preparation of press releases and cooperation with the media and organizing press conferences
 * Content preparation for company websites, digital media and social networks (Facebook, Instagram, YouTube)
 * Procurement and care of company materials (brochures, POS materials, posters, brochures)
 * Design and implementation of company events
 * Taking care of editing and translating company materials
 * Various administrative tasks such as planning, monitoring results, reporting, budgeting, etc.</t>
   </si>
   <si>
     <t>* Gestionarea proiectelor de responsabilitate socială corporativă (CSR).
 * Pregătirea comunicatelor de presă și colaborarea cu media și organizarea conferințelor de presă
 * Pregătirea conținutului pentru site-urile companiei, media digitală și rețelele sociale (Facebook, Instagram, YouTube)
 * Achiziționarea și gestionarea materialelor companiei (broșuri, materiale POS, afișe, broșuri)
 * Designul și implementarea evenimentelor companiei
 * Îngrijirea editării și traducerii materialelor companiei
 * Diverse sarcini administrative, cum ar fi planificarea, monitorizarea rezultatelor, raportarea, bugetarea etc.</t>
   </si>
   <si>
+    <t>Data Entry Operator</t>
+  </si>
+  <si>
+    <t>Operator introducere date</t>
+  </si>
+  <si>
+    <t>* Processing payroll by using ADP software. 
+* Maintaining all employee payroll records. 
+* Entering payroll information for all employees.
+* Recording tax withholding information.
+* Making appropriate changes in compliance with internal policies and external local, state and federal income tax regulations. 
+* Creating paper checks as well as direct deposits.
+* Creating reports to ensure accuracy of payroll processing.</t>
+  </si>
+  <si>
+    <t>* Procesarea salariilor prin utilizarea software-ului ADP.
+* Menținerea tuturor înregistrărilor de salarizare ale angajaților.
+* Introducerea informațiilor de salarizare pentru toți angajații.
+* Înregistrarea informațiilor privind reținerea impozitelor.
+* Efectuarea modificărilor adecvate în conformitate cu politicile interne și cu reglementările externe locale, statale și federale privind impozitul pe venit.
+* Crearea cecurilor pe hârtie și a depozitelor directe.
+* Crearea de rapoarte pentru a asigura acuratețea procesării salariilor.</t>
+  </si>
+  <si>
     <t>Data entry operator</t>
   </si>
   <si>
     <t>Funcționar introducere date</t>
   </si>
   <si>
     <t>* Inputting and updating data into computer systems accurately and efficiently.
 * Verifying and correcting data to ensure accuracy and completeness.
 * Maintaining organized records and files for easy retrieval of information.
 * Assisting in the preparation of reports and documents as required.
 * Collaborating with team members to ensure data integrity and consistency.
 * Responding to inquiries related to data entry and assisting with troubleshooting issues.
 * Performing regular backups of data to prevent loss of information.
 * Managing and prioritizing multiple tasks to meet deadlines effectively.
 * Ensuring compliance with data protection regulations and company policies.
 * Supporting administrative tasks as needed to enhance overall office productivity.</t>
   </si>
   <si>
     <t>* Introducerea și actualizarea datelor în sistemele de calculator cu acuratețe și eficiență.
 * Verificarea și corectarea datelor pentru a asigura acuratețea și completitudinea.
 * Menținerea unor evidențe și fișiere organizate pentru o recuperare ușoară a informațiilor.
 * Ajutor în pregătirea rapoartelor și documentelor, după cum este necesar.
 * Colaborarea cu membrii echipei pentru a asigura integritatea și consistența datelor.
 * Răspunsuri la întrebări legate de introducerea datelor și asistență pentru soluționarea problemelor.
 * Realizarea de copii de rezervă periodice a datelor pentru a preveni pierderea informațiilor.
 * Gestionarea și prioritizarea mai multor sarcini pentru a îndeplini termenele limită în mod eficient.
 * Asigurarea respectării reglementărilor de protecție a datelor și a politicilor companiei.
 * Sprijinirea sarcinilor administrative, după nevoie, pentru a îmbunătăți productivitatea generală a biroului.</t>
-  </si>
-[...22 lines deleted...]
-* Crearea de rapoarte pentru a asigura acuratețea procesării salariilor.</t>
   </si>
   <si>
     <t>Diversity, Equity and Inclusion Manager</t>
   </si>
   <si>
     <t>Manager pentru diversitate, egalitate și incluziune</t>
   </si>
   <si>
     <t>* Works with managers at various levels to assess the current state of diversity, equity and inclusion, identify potential solutions and influence steps for specific action planning.
 * Collaborates with other components to develop and execute short- and long-term business strategies for Diversity, Equity and Inclusion (DEI).
 * Develop and implement DEI capability development programs and initiatives in support of corporate strategies and individual support needs.
 * Conducts equality and inclusion audits of corporate and team initiatives.
 * Monitor progress on DEI corporate commitments.
 * Manages communication of DEI principles, plans, progress, and supplemental CR stories.
 * Collaborates with partners and leaders to influence policies and identify resources needed to create an inclusive environment.</t>
   </si>
   <si>
     <t>* Lucrează cu manageri la diferite niveluri pentru a evalua starea actuală a diversității, echității și incluziunii, pentru a identifica soluții potențiale și pentru a influența pașii pentru planificarea acțiunilor specifice.
 * Colaborează cu alte componente pentru a dezvolta și executa strategii de afaceri pe termen scurt și lung pentru Diversitate, Echitate și Incluziune (DEI).
 * Dezvoltați și implementați programe și inițiative de dezvoltare a capacităților DEI în sprijinul strategiilor corporative și nevoilor individuale de asistență.
 * Efectuează audituri de egalitate și incluziune ale inițiativelor corporative și ale echipei.
 * Monitorizarea progresului privind angajamentele corporative DEI.
 * Gestionează comunicarea principiilor, planurilor, progresului și poveștilor suplimentare ale DEI.
 * Colaborează cu parteneri și lideri pentru a influența politicile și pentru a identifica resursele necesare pentru a crea un mediu incluziv.</t>
   </si>