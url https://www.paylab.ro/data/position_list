--- v2 (2026-01-29)
+++ v3 (2026-03-15)
@@ -12,56 +12,56 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2896">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2983">
   <si>
     <t>www.paylab.ro</t>
   </si>
   <si>
-    <t>01/2026</t>
+    <t>03/2026</t>
   </si>
   <si>
     <t>category_name_en</t>
   </si>
   <si>
     <t>category_name_ro</t>
   </si>
   <si>
     <t>position_name_en</t>
   </si>
   <si>
     <t>position_name_ro</t>
   </si>
   <si>
     <t>job_description_en</t>
   </si>
   <si>
     <t>job_description_ro</t>
   </si>
   <si>
     <t>Administration</t>
   </si>
   <si>
     <t>Administrație</t>
   </si>
@@ -1055,50 +1055,76 @@
   <si>
     <t>* Machiajul actorilor, figurantilor și altor interpreți din filme și piese de teatru.
 * Stilarea părului masculin și feminin conform scenariului.
 * Crearea de efecte speciale (îmbătrânire, vânătăi, răni, etc.) folosind machiaj.
 * Confecționarea perucilor și a altor produse similare.
 * Realizarea mulajelor din ipsos ale fețelor și/sau capetelor.
 * Confecționarea măștilor din latex și silikon pe baza mulajelor fețelor și/sau capetelor.</t>
   </si>
   <si>
     <t>Model</t>
   </si>
   <si>
     <t xml:space="preserve">* Posing in front of the lenses of photographers, following their instructions. 
 * Viewing of clothes, products etc.
 * Performing in TV adverts.
 * Cooperation with visagists, hair dressers and clothes stylists.
 * Transferring to castings and places of photographing.
 </t>
   </si>
   <si>
     <t>* Pozare în fața obiectivelor fotografilor, urmând instrucțiunile acestora.
 * Prezentare de îmbrăcăminte, produse etc.
 * Apariții în reclame TV.
 * Colaborare cu vizagiști, coafori și styliști de modă.
 * Deplasare la castinguri și locuri de fotografie.</t>
+  </si>
+  <si>
+    <t>Museum Specialist</t>
+  </si>
+  <si>
+    <t>Specialist de muzeu</t>
+  </si>
+  <si>
+    <t>Management, registration, and protection of collection items.
+Professional processing and cataloguing of artefacts.
+Creation and implementation of exhibition projects.
+Scientific research activities in the relevant field.
+Preparation of educational and outreach materials and lectures.
+Methodological guidance in acquiring new collections.
+Collaboration with professional institutions.
+Supervision of storage conditions and conservation processes.</t>
+  </si>
+  <si>
+    <t>Administrarea, evidența și protecția obiectelor de colecție.
+Procesarea profesională și catalogarea pieselor.
+Crearea și implementarea proiectelor expoziționale.
+Activitate de cercetare științifică în domeniul relevant.
+Pregătirea materialelor de popularizare și a prezentărilor.
+Coordonare metodologică în achiziția de noi colecții.
+Colaborare cu instituții de specialitate.
+Supravegherea condițiilor de depozitare și conservare.</t>
   </si>
   <si>
     <t>Photographer</t>
   </si>
   <si>
     <t>Fotograf</t>
   </si>
   <si>
     <t>* Photographing people, animals, objects, landscapes etc.
 * Using analogue and digital cameras, lenses, lighting equipment, filters, conversion lenses, etc.
 * Instructing people during photo shoots.
 * Editing photographs using computer technology.
 * Developing cine films, printing photographs.</t>
   </si>
   <si>
     <t>* Fotografierea oamenilor, animalelor, obiectelor, peisajelor etc.
 * Utilizarea aparatelor foto analogice și digitale, obiectivelor, echipamentului de iluminare, filtrelor, lentilelor de conversie etc.
 * Îndrumarea persoanelor în timpul ședințelor foto.
 * Editarea fotografiilor cu ajutorul tehnologiei informatice.
 * Dezvoltarea peliculelor cinematografice, imprimarea fotografiilor.</t>
   </si>
   <si>
     <t>Restorer/Conservator</t>
   </si>
   <si>
@@ -4453,55 +4479,55 @@
 * Colaborarea cu diverse departamente pentru colectarea datelor și informațiilor financiare.
 * Asistarea la pregătirea rapoartelor financiare pentru management și acționari.
 * Menținerea evidențelor financiare și documentelor exacte.
 * Participarea la audituri și asigurarea răspunsurilor la timp la solicitările de audit.
 * Sprijinirea implementării politicilor și procedurilor financiare.
 * Asistarea în gestionarea fluxului de numerar și monitorizarea tranzacțiilor financiare.
 * Furnizarea de sprijin administrativ echipei de finanțe, după cum este necesar.
 * Contribuția la inițiativele de îmbunătățire a proceselor în cadrul departamentului de finanțe.
 * Participarea la dezvoltarea profesională pentru a rămâne actualizat cu tendințele și reglementările din industrie.</t>
   </si>
   <si>
     <t>Assistant of Auditor</t>
   </si>
   <si>
     <t>Asistent auditor</t>
   </si>
   <si>
     <t xml:space="preserve">* Performing economic activities (with the exception of signing a written report on the results of provided audit services) under the direction of a certified auditor.
 * Checking financial statements of customers.
 * Managing audit documentation.
 * Managing the auditor’s assistant labour book.
 * Providing co-operation to the Chamber of Financial Auditors in case of a quality audit concerning the performance of auditing services.
 </t>
   </si>
   <si>
-    <t>* Efectuarea de activități economice (cu excepția semnării unui raport scris privind rezultatele serviciilor de audit furnizate) sub îndrumarea unui auditor certificat.
+    <t>* Desfășurarea activităților economice (cu excepția semnării raportului scris privind rezultatele serviciilor de audit prestate) sub îndrumarea unui auditor certificat.
 * Verificarea situațiilor financiare ale clienților.
-* Gestionarea documentației de audit.
+* Administrarea documentației de audit.
 * Gestionarea carnetului de muncă al asistentului auditorului.
-* Acordarea de cooperare Camerei Slovacă a Auditorilor în cazul unui audit de calitate privind prestarea serviciilor de audit.</t>
+* Oferirea de cooperare Camerei Auditorilor în cazul unui audit de calitate privind prestarea serviciilor de audit.</t>
   </si>
   <si>
     <t>Assistant to a Tax Advisor</t>
   </si>
   <si>
     <t>Asistent consultant fiscal</t>
   </si>
   <si>
     <t>* Performing economic activities under the guidance of a certified tax consultant.
 * Preparing tax opinions in the Slovak and/or a foreign language.
 * Calculating the income tax of natural and legal persons.
 * Preparing tax returns for the income tax of natural and legal persons, VAT, property tax, car tax and excise duty.
 * Registering taxpayers at the relevant tax authorities.
 * Communicating with the clients of the company and representatives of the tax administration.</t>
   </si>
   <si>
     <t>* Desfășurarea de activități economice sub îndrumarea unui consultant fiscal certificat.
 * Elaborarea de opinii fiscale în limba slovacă și/sau o limbă străină.
 * Calcularea impozitului pe venit al persoanelor fizice și juridice.
 * Întocmirea declarațiilor fiscale pentru impozitul pe venit al persoanelor fizice și juridice, TVA, impozit pe proprietate, impozit pe mașini și taxe de accize.
 * Înregistrarea contribuabililor la autoritățile fiscale relevante.
 * Comunicarea cu clienții companiei și reprezentanții administrației fiscale.</t>
   </si>
   <si>
     <t>Auditor</t>
@@ -6700,50 +6726,74 @@
   <si>
     <t>ABAP Programmer</t>
   </si>
   <si>
     <t>Programator ABAP</t>
   </si>
   <si>
     <t>* Developing complex computer applications and/or separate modules in the ABAP programming language.
 * Analysing customer requirements and assessing the potential risks and related technical issues.
 * Participating in the creation of technical specifications.
 * Handing over completed work to clients/testers for testing purposes.
 * Determining and correcting functional and security errors in the source code.
 * Handing over completed software applications to clients, project managers, etc.
 * Providing technical support to clients.</t>
   </si>
   <si>
     <t>* Dezvoltarea de aplicații informatice complexe și/sau module separate în limbajul de programare ABAP.
 * Analizarea cerințelor clienților și evaluarea riscurilor și a problemelor tehnice conexe.
 * Participarea la crearea de specificații tehnice.
 * Predarea lucrărilor terminate clienților/testatorilor în scopul testării.
 * Identificarea și corectarea erorilor funcționale și de securitate din codul sursă.
 * Predarea aplicațiilor software terminate către clienți, manageri de proiect etc.
 * Furnizarea de asistență tehnică clienților.</t>
   </si>
   <si>
+    <t>Agile Coach</t>
+  </si>
+  <si>
+    <t>Agile coach</t>
+  </si>
+  <si>
+    <t>Implementing agile principles within teams and the organization.
+Coaching Scrum Masters, Product Owners, and development teams.
+Facilitating retrospectives, workshops, and agile ceremonies.
+Assessing team maturity and proposing improvements.
+Removing obstacles that hinder agile ways of working.
+Educating teams on agile frameworks (Scrum, Kanban, SAFe).
+Supporting a culture of continuous improvement.</t>
+  </si>
+  <si>
+    <t>Implementarea principiilor agile în echipe și în cadrul organizației.
+Coaching pentru Scrum Masteri, Product Owneri și echipe de dezvoltare.
+Facilitarea retrospecțiilor, workshopurilor și ceremoniilor agile.
+Evaluarea maturității echipei și propunerea de îmbunătățiri.
+Eliminarea obstacolelor care împiedică funcționarea agilă.
+Instruirea echipelor în frameworkuri agile (Scrum, Kanban, SAFe).
+Sprijinirea culturii îmbunătățirii continue.</t>
+  </si>
+  <si>
     <t>AI Engineer</t>
   </si>
   <si>
     <t>Inginer inteligență artificială</t>
   </si>
   <si>
     <t>* Design, development and implementation of artificial intelligence and machine learning models.
 * Data processing and analysis, including dataset preparation, cleaning and annotation.
 * Development of algorithms for prediction, classification, image/speech recognition or natural language processing (NLP).
 * Integration of AI solutions into existing products, systems or cloud infrastructure.
 * Optimization of models in terms of performance, accuracy and computational resource requirements.
 * Collaboration with data analysts, software developers and business teams in defining requirements and goals.
 * Monitoring AI/ML trends and innovations and applying them in practice.
 * Documentation of procedures, solutions and experiment results.</t>
   </si>
   <si>
     <t>* Proiectarea, dezvoltarea și implementarea modelelor de inteligență artificială și învățare automată.
 * Procesarea și analiza datelor, inclusiv pregătirea seturilor de date, curățarea și anotarea acestora.
 * Dezvoltarea algoritmilor pentru predicție, clasificare, recunoașterea imaginilor/vocii sau procesarea limbajului natural (NLP).
 * Integrarea soluțiilor AI în produsele, sistemele sau infrastructura cloud existentă.
 * Optimizarea modelelor în ceea ce privește performanța, acuratețea și cerințele de resurse de calcul.
 * Colaborarea cu analiști de date, dezvoltatori software și echipe de afaceri pentru definirea cerințelor și obiectivelor.
 * Monitorizarea tendințelor și noutăților în domeniul AI/ML și aplicarea lor în practică.
 * Documentarea procedurilor, soluțiilor și rezultatelor experimentelor.</t>
   </si>
@@ -7674,50 +7724,74 @@
   <si>
     <t>Objective-C Programmer</t>
   </si>
   <si>
     <t>Programator Objective-C</t>
   </si>
   <si>
     <t>* Developing mobile applications for the iOS platform and for devices with the iOS operating system (iPhone, iPad etc.).
 * Analysing customer requirements and assessing the potential risks and related technical issues.
 * Participating in the creation of technical specifications.
 * Handing over completed work to clients/testers for testing purposes.
 * Determining and correcting functional and security errors in the source code.
 * Handing over completed software applications to clients, project managers, etc.
 * Providing technical support to clients.</t>
   </si>
   <si>
     <t>* Dezvoltarea de aplicații mobile pentru platforma iOS și pentru dispozitive cu sistemul de operare iOS (iPhone, iPad etc.).
 * Analizarea cerințelor clienților și evaluarea riscurilor potențiale și a problemelor tehnice conexe.
 * Participarea la crearea specificațiilor tehnice.
 * Predarea lucrărilor finalizate către clienți/testeri pentru testare.
 * Identificarea și corectarea erorilor funcționale și de securitate din codul sursă.
 * Predarea aplicațiilor software finalizate către clienți, manageri de proiect etc.
 * Furnizarea de suport tehnic clienților.</t>
   </si>
   <si>
+    <t>Online Casino Technician</t>
+  </si>
+  <si>
+    <t>Tehnician cazino online</t>
+  </si>
+  <si>
+    <t>Managing and monitoring online gaming systems.
+Resolving incidents related to gaming software.
+Deploying updates and game configurations.
+Testing the functionality of game modules.
+Communicating with developers and game providers.
+Ensuring operational stability and performance.
+Documenting technical interventions.</t>
+  </si>
+  <si>
+    <t>Administrarea și monitorizarea sistemelor online de jocuri.
+Rezolvarea incidentelor legate de software‑ul jocurilor.
+Implementarea actualizărilor și configurărilor jocurilor.
+Testarea funcționalității modulelor de joc.
+Comunicarea cu dezvoltatorii și furnizorii de jocuri.
+Asigurarea stabilității și performanței operaționale.
+Documentarea intervențiilor tehnice.</t>
+  </si>
+  <si>
     <t>Oracle Programmer</t>
   </si>
   <si>
     <t>Programator Oracle</t>
   </si>
   <si>
     <t>* Developing computer applications and connecting them with the Oracle database system.
 * Analysing customer requirements and assessing the potential risks and related technical issues.
 * Participating in the creation of technical specifications.
 * Handing over completed work to clients/testers for testing purposes.
 * Determining and correcting functional and security errors in the source code.
 * Handing over completed software applications to clients, project managers, etc.
 * Providing technical support to clients.</t>
   </si>
   <si>
     <t>* Dezvoltarea aplicațiilor informatice și conectarea lor la sistemul de baze de date Oracle.
 * Analizarea cerințelor clienților și evaluarea potențialelor riscuri și a problemelor tehnice aferente.
 * Participarea la crearea specificațiilor tehnice.
 * Predarea lucrărilor finalizate către clienți/testeri în scopul testării.
 * Identificarea și corectarea erorilor functionale și de securitate din codul sursă.
 * Predarea aplicațiilor software finalizate către clienți, manageri de proiect etc.
 * Furnizarea de suport tehnic clienților.</t>
   </si>
   <si>
     <t>PC Technician</t>
@@ -7858,80 +7932,128 @@
   <si>
     <t>* Developing and maintaining statistical software and tools using R programming language.
 * Analyzing complex datasets to extract meaningful insights and drive data-informed decision-making.
 * Collaborating with cross-functional teams to understand data requirements and deliver actionable solutions.
 * Creating data visualizations and reports to communicate findings effectively to stakeholders.
 * Writing clean, efficient, and well-documented code to ensure maintainability and scalability of projects.
 * Conducting data cleaning and preprocessing to ensure data quality and reliability.
 * Participating in code reviews and contributing to best practices in software development.
 * Staying updated with the latest advancements in R programming and data science methodologies.
 * Troubleshooting and debugging existing R applications to enhance functionality and performance.
 * Providing training and support to team members and stakeholders on R tools and techniques.</t>
   </si>
   <si>
     <t>* Dezvoltarea și mentenanța software-ului și a instrumentelor statistice folosind limbajul de programare R.
 * Analiza seturilor de date complexe pentru a extrage informații pertinente și a fundamenta deciziile bazate pe date.
 * Colaborarea cu echipe interfuncționale pentru a înțelege cerințele de date și a oferi soluții concrete.
 * Crearea de vizualizări de date și rapoarte pentru a comunica eficient descoperirile către părțile interesate.
 * Scrierea de cod curat, eficient și bine documentat pentru a asigura mentenanța și scalabilitatea proiectelor.
 * Realizarea curățirii și preprocesării datelor pentru a asigura calitatea și fiabilitatea datelor.
 * Participarea la revizii de cod și contribuirea la cele mai bune practici în dezvoltarea software.
 * Ținerea la curent cu ultimele evoluții în programarea R și metodologiile științei datelor.
 * Soluționarea erorilor și debugarea aplicațiilor existente R pentru a îmbunătăți funcționalitatea și performanța.
 * Furnizarea de training și suport pentru membrii echipei și părțile interesate privind instrumentele și tehnicile R.</t>
   </si>
   <si>
+    <t>RPA engineer</t>
+  </si>
+  <si>
+    <t>Inginer RPA</t>
+  </si>
+  <si>
+    <t>Automating processes using RPA tools (UiPath, BluePrism, Automation Anywhere).
+Modeling process flows and analyzing steps suitable for automation.
+Developing, testing, and deploying robotic scripts.
+Ensuring proper operation of RPA robots in production.
+Optimizing existing automations and resolving incidents.
+Documenting solutions and process procedures.
+Collaborating with process analysts, IT, and business departments.</t>
+  </si>
+  <si>
+    <t>Automatizarea proceselor folosind instrumente RPA (UiPath, BluePrism, Automation Anywhere).
+Modelarea fluxurilor de proces și analiza etapelor adecvate automatizării.
+Crearea, testarea și implementarea scripturilor robotice.
+Asigurarea funcționării corecte a roboților RPA în producție.
+Optimizarea automatizărilor existente și rezolvarea incidentelor.
+Documentarea soluțiilor și a procedurilor de proces.
+Colaborarea cu analiști de proces, IT și departamentele de business.</t>
+  </si>
+  <si>
     <t>Ruby Developer/Programmer</t>
   </si>
   <si>
     <t>Ruby Developer / Programmer</t>
   </si>
   <si>
     <t>* Collaborating with cross-functional teams to define, design, and ship new features in Ruby applications.
 * Writing clean, maintainable, and efficient code while following best practices and development standards.
 * Debugging and resolving issues in existing applications to ensure optimal performance and user experience.
 * Participating in code reviews to provide constructive feedback and improve team productivity.
 * Staying updated with emerging technologies and industry trends to enhance development processes.
 * Developing and maintaining documentation for code, processes, and applications.
 * Integrating user-facing elements with server-side logic to create seamless applications.
 * Ensuring the security and scalability of applications through rigorous testing and optimization.
 * Contributing to the continuous improvement of the development process and team collaboration.
 * Mentoring junior developers and sharing knowledge to foster a culture of learning within the team.</t>
   </si>
   <si>
     <t>* Colaborarea cu echipe multifuncționale pentru a defini, proiecta și lansa noi funcționalități în aplicații Ruby.
 * Scrierea de cod curat, ușor de întreținut și eficient, în timp ce se respectă cele mai bune practici și standarde de dezvoltare.
 * Depanarea și rezolvarea problemelor în aplicațiile existente pentru a asigura performanța optimă și experiența utilizatorilor.
 * Participarea la revizuiri de cod pentru a oferi feedback constructiv și a îmbunătăți productivitatea echipei.
 * Actualizarea cunoștințelor cu privire la tehnologiile și tendințele emergente din industrie pentru a îmbunătăți procesele de dezvoltare.
 * Dezvoltarea și întreținerea documentației pentru cod, procese și aplicații.
 * Integrarea elementelor orientate spre utilizator cu logica server-side pentru a crea aplicații fluente.
 * Asigurarea securității și scalabilității aplicațiilor prin teste și optimizări riguroase.
 * Contribuția la îmbunătățirea continuă a procesului de dezvoltare și a colaborării în echipă.
 * Îndrumarea dezvoltatorilor juniori și împărtășirea cunoștințelor pentru a promova o cultură a învățării în echipă.</t>
   </si>
   <si>
+    <t>SAP consultant</t>
+  </si>
+  <si>
+    <t>Consultant SAP</t>
+  </si>
+  <si>
+    <t>Analyzing business processes and designing solutions within SAP modules.
+Configuring the SAP system according to client requirements.
+Testing, documenting, and supporting deployment activities.
+Training users and providing expert support.
+Collaborating on data migration and integrations with other systems.
+Resolving incidents and optimizing SAP configurations.
+Supporting the development of SAP architecture and processes.</t>
+  </si>
+  <si>
+    <t>Analiza proceselor de business și proiectarea soluțiilor în modulele SAP.
+Configurarea sistemului SAP conform cerințelor clientului.
+Testare, documentare și suport în timpul implementării.
+Instruirea utilizatorilor și furnizarea de suport de specialitate.
+Colaborare la migrarea datelor și integrarea cu alte sisteme.
+Rezolvarea incidentelor și optimizarea setărilor SAP.
+Sprijinirea dezvoltării arhitecturii și proceselor SAP.</t>
+  </si>
+  <si>
     <t>SAP specialist</t>
   </si>
   <si>
     <t>Specialist SAP</t>
   </si>
   <si>
     <t>* Provide adequate user support, receive and resolve bug reports and problems.
 * Monitor the system and take measures to ensure trouble-free operation.
 * Manage assigned modules according to agreed internal standards.
 * Communicate with other departments to provide appropriate support for SAP users.
 * Contribute to the development of operational methodologies and development plans.
 * Take over new innovations as well as professional decommissioning of obsolete information systems.</t>
   </si>
   <si>
     <t>* Oferiți asistență adecvată pentru utilizatori, primiți și rezolvați rapoarte de erori și probleme.
 * Monitorizați sistemul și luați măsuri pentru a asigura o funcționare fără probleme.
 * Gestionați modulele atribuite în conformitate cu standardele interne convenite.
 * Comunicați cu alte departamente pentru a oferi suport adecvat utilizatorilor SAP.
 * Contribuie la dezvoltarea metodologiilor operaționale și a planurilor de dezvoltare.
 * Preia noile inovații, precum și dezafectarea profesională a sistemelor de informații învechite.</t>
   </si>
   <si>
     <t>Scrum Master</t>
   </si>
   <si>
@@ -7990,50 +8112,108 @@
 * Înlăturarea virusurilor, spyware-ului, spam-ului și altor aplicații dăunătoare.
 * Actualizarea software-ului antivirus, antispyware și a patch-urilor de securitate.
 * Comunicarea cu clienții, oferirea de consilii și consultări experte.</t>
   </si>
   <si>
     <t>Software Engineer</t>
   </si>
   <si>
     <t>Inginer software</t>
   </si>
   <si>
     <t>* Using computer and mathematical knowledge in designing, developing, and testing software.
 * Analysing customer requirements and proposing technical solutions.
 * Creating and maintaining technical documentation.
 * Developing software according to customer requirements.
 * Testing software and repairing errors.
 * Providing technical support to clients.</t>
   </si>
   <si>
     <t>* Utilizarea cunoștințelor în domeniul informatic și matematic în proiectarea, dezvoltarea și testarea software-ului.
 * Analizarea cerințelor clienților și propunerea de soluții tehnice.
 * Crearea și actualizarea documentației tehnice.
 * Dezvoltarea software-ului în conformitate cu cerințele clienților.
 * Testarea software-ului și remedierea erorilor.
 * Oferirea de suport tehnic clienților.</t>
+  </si>
+  <si>
+    <t>Solution architect</t>
+  </si>
+  <si>
+    <t>Arhitect de soluții</t>
+  </si>
+  <si>
+    <t>Analyzing business requirements and translating them into technical solution designs.
+Designing system architectures, integrations, data flows, and technical components.
+Preparing architectural documentation, models, and diagrams.
+Selecting technologies and defining technical standards and best practices.
+Collaborating with developers, testers, business analysts, and the infrastructure team during implementation.
+Consulting design proposals with stakeholders and presenting architecture to both technical and non-technical audiences.
+Overseeing solution implementation and performing technical reviews.
+Addressing security, performance, scalability, and availability considerations.
+Designing integration interfaces (APIs) and system interconnection logic.
+Ensuring solution alignment with enterprise architecture and IT strategy.
+Supporting roadmap planning and effort estimation.</t>
+  </si>
+  <si>
+    <t>Analizarea cerințelor de business și traducerea acestora în proiectarea tehnică a soluției.
+Proiectarea arhitecturii sistemelor, integrărilor, fluxurilor de date și componentelor tehnice.
+Pregătirea documentației arhitecturale, a modelelor și diagramelor.
+Selectarea tehnologiilor și definirea standardelor tehnice și a celor mai bune practici.
+Colaborarea cu dezvoltatori, testeri, analiști de business și echipa de infrastructură în timpul implementării.
+Consultarea propunerilor cu stakeholderii și prezentarea arhitecturii publicului tehnic și non‑tehnic.
+Supravegherea implementării soluției și efectuarea reviziilor tehnice.
+Gestionarea aspectelor legate de securitate, performanță, scalabilitate și disponibilitate.
+Proiectarea interfețelor de integrare (API) și a logicii de conectare a sistemelor.
+Asigurarea alinierii soluției cu arhitectura enterprise și strategia IT.
+Sprijinirea planificării roadmap‑ului și a estimării efortului.</t>
+  </si>
+  <si>
+    <t>SRE – Site Reliability Engineer</t>
+  </si>
+  <si>
+    <t>SRE – Inginer fiabilitate site</t>
+  </si>
+  <si>
+    <t>Monitoring system availability and performance.
+Incident response — resolving outages and restoring services quickly.
+Automating operational tasks and deployments.
+Capacity planning and infrastructure scaling.
+Building and maintaining monitoring, alerting, and metrics.
+Collaborating with developers to improve application reliability.
+Post‑incident analysis and implementation of preventive measures.
+Ensuring system security and compliance with standards.</t>
+  </si>
+  <si>
+    <t>Monitorizarea disponibilității și performanței sistemelor.
+Incident response – rezolvarea întreruperilor și restaurarea rapidă a serviciilor.
+Automatizarea sarcinilor operaționale și a proceselor de deploy.
+Planificarea capacității și scalarea infrastructurii.
+Crearea și întreținerea monitorizării, alertării și metricilor.
+Colaborarea cu dezvoltatorii pentru îmbunătățirea fiabilității aplicațiilor.
+Analize post‑incident și implementarea măsurilor preventive.
+Asigurarea securității sistemelor și respectarea standardelor.</t>
   </si>
   <si>
     <t>Systems Administrator</t>
   </si>
   <si>
     <t>Administrator de sistem</t>
   </si>
   <si>
     <t>* Installation and administration of computer servers and workstations.
 * Installing, reinstalling and updating licensed software; keeping records on purchased licences.
 * Performing regular system and software audits.
 * Analysing system logs and identifying possible irregularities.
 * Optimising the system operation and performance.
 * Managing the rights of access to the computer network with an emphasis on safeguarding of sensitive data from unauthorised access.
 * Responsibility for the controlled access to the Internet and securing of incoming and outgoing data.
 * Carrying out regular back-ups of electronic data.
 * Providing methodological support to employees regarding the software and hardware equipment usage.
 * Solving technical problems.</t>
   </si>
   <si>
     <t>* Instalarea și administrarea serverelor și stațiilor de lucru.
 * Instalarea, reinstallarea și actualizarea software-ului licențiat; ținerea evidenței licențelor achiziționate.
 * Efectuarea de audituri regulate ale sistemului și software-ului.
 * Analizarea jurnalelor de sistem și identificarea posibilelor nereguli.
 * Optimizarea funcționării și performanței sistemului.
@@ -9680,50 +9860,74 @@
 * Responsabilitate pentru semnificația și comunicarea creativă a campaniilor publicitare.</t>
   </si>
   <si>
     <t>Auto Repair Shop Manager</t>
   </si>
   <si>
     <t>Șef atelier</t>
   </si>
   <si>
     <t>* Planning the receipt and organising of the repair processes with respect to the efficient use of personnel, means of production and material.
 * Managing, coordinating and motivating employees.
 * Assigning tasks to employees and monitoring their fulfilment.
 * Recording and evaluating the time worked and workers' performance.
 * Assisting in diagnosing the complex defects and determining the repair procedures.
 * Handling complaints and claims from customers.</t>
   </si>
   <si>
     <t>* Planificarea primirii și organizarea proceselor de reparație cu respectarea utilizării eficiente a personalului, mijloacelor de producție și a materialelor.
 * Gestionarea, coordonarea și motivarea angajaților.
 * Atribuirea de sarcini angajaților și monitorizarea îndeplinirii acestora.
 * Înregistrarea și evaluarea timpului lucrat și a performanței lucrătorilor.
 * Asistență în diagnosticarea defectelor complexe și determinarea procedurilor de reparație.
 * Soluționarea reclamațiilor și cererilor de despăgubire din partea clienților.</t>
   </si>
   <si>
+    <t>Betting Sector Manager</t>
+  </si>
+  <si>
+    <t>Manager produse de pariuri</t>
+  </si>
+  <si>
+    <t>Managing the portfolio of sports and odds‑based betting products.
+Collaborating with trading, risk management, and marketing teams.
+Optimizing the offer and monitoring market performance.
+Creating promotional campaigns and player engagement activities.
+Ensuring regulatory and compliance adherence.
+Proposing product innovations.
+Monitoring competitors and industry trends.</t>
+  </si>
+  <si>
+    <t>Gestionarea portofoliului de pariuri sportive și cu cote.
+Colaborare cu echipele de trading, risk management și marketing.
+Optimizarea ofertei și monitorizarea performanței pieței.
+Crearea campaniilor promoționale și a activităților pentru jucători.
+Controlul conformității legislative.
+Propunerea de inovații ale produselor.
+Monitorizarea concurenței și a tendințelor.</t>
+  </si>
+  <si>
     <t>Brand Manager</t>
   </si>
   <si>
     <t>* Responsibility for the management of assigned brands.
 * Monitoring the market, consumer preferences and competitive activities.
 * Designing and implementing the brand marketing strategy.
 * Planning the marketing budget, controlling its spending and responsibility for its effective use.
 * Building a brand´s position in the market in accordance with the marketing strategy.
 * Managing and supervising advertising campaigns.
 * Communicating with partners and external suppliers.
 * Cooperating with other departments in the company.</t>
   </si>
   <si>
     <t>* Responsabilitate pentru gestionarea mărcilor atribuite.
 * Monitorizarea pieței, a preferințelor consumatorilor și a activităților concurențiale.
 * Proiectarea și implementarea strategiei de marketing a mărcii.
 * Planificarea bugetului de marketing, controlul cheltuielilor și responsabilitatea pentru utilizarea sa eficientă.
 * Construirea poziției unei mărci pe piață, în conformitate cu strategia de marketing.
 * Gestionarea și supravegherea campaniilor publicitare.
 * Comunicarea cu partenerii și furnizorii externi.
 * Cooperarea cu alte departamente din companie.</t>
   </si>
   <si>
     <t>Business Development Manager</t>
   </si>
@@ -9930,50 +10134,98 @@
   <si>
     <t>Finance Manager</t>
   </si>
   <si>
     <t>Director Financiar</t>
   </si>
   <si>
     <t>* Managing, coordinating, motivating, and assessing subordinate employees.
 * Ensuring strategic financial planning.
 * Preparing and processing of financial statements of the company.
 * Analysing the financial situation of the company.
 * Planning, managing, and monitoring of cash flow.
 * Communicating with financial institutions and external partners of the company.
 * Reporting results to the members of senior management.</t>
   </si>
   <si>
     <t>* Gestionarea, coordonarea, motivarea și evaluarea angajaților subordonați.
 * Asigurarea planificării financiare strategice.
 * Pregătirea și procesarea situațiilor financiare ale companiei.
 * Analizarea situației financiare a companiei.
 * Planificarea, gestionarea și monitorizarea fluxului de numerar.
 * Comunicarea cu instituțiile financiare și partenerii externi ai companiei.
 * Raportarea rezultatelor către membrii conducerii superioare.</t>
   </si>
   <si>
+    <t>Gaming Club Manager</t>
+  </si>
+  <si>
+    <t>Manager sală de jocuri</t>
+  </si>
+  <si>
+    <t>Managing gaming venue operations and supervising staff.
+Ensuring compliance with rules and legislation.
+Maintaining customer satisfaction.
+Optimizing performance of gaming devices.
+Handling incidents and risk situations.
+Organizing staff schedules and training.
+Overseeing financial and security aspects of the venue.</t>
+  </si>
+  <si>
+    <t>Gestionarea unei săli de jocuri și supravegherea personalului.
+Controlul respectării regulilor și legislației.
+Asigurarea satisfacției clienților.
+Optimizarea performanței echipamentelor de joc.
+Rezolvarea incidentelor și situațiilor de risc.
+Organizarea turelor și a instruirii angajaților.
+Supravegherea aspectelor financiare și de siguranță.</t>
+  </si>
+  <si>
+    <t>Gaming Machines Manager</t>
+  </si>
+  <si>
+    <t>Manager echipamente de joc</t>
+  </si>
+  <si>
+    <t>Managing the operation of gaming machines and technical equipment.
+Planning placement, performance, and rotation of machines.
+Communicating with technicians, suppliers, and venue operators.
+Monitoring revenues and device performance.
+Ensuring compliance with legislation.
+Overseeing maintenance and service interventions.
+Optimizing the game portfolio.</t>
+  </si>
+  <si>
+    <t>Gestionarea funcționării aparatelor de joc și a echipamentelor tehnice.
+Planificarea amplasării, performanței și rotației automatelor.
+Comunicare cu tehnicienii, furnizorii și locațiile de operare.
+Monitorizarea veniturilor și a rezultatelor echipamentelor.
+Asigurarea conformității legislative.
+Controlul intervențiilor de service și întreținerii.
+Optimizarea ofertei de jocuri.</t>
+  </si>
+  <si>
     <t>Head of controlling</t>
   </si>
   <si>
     <t>Șeful controlului</t>
   </si>
   <si>
     <t>* Management and development of the controlling team.
 * Ensuring accurate and timely reporting, analysis and financial forecasts.
 * Compiling budgets and plans and monitoring their fulfillment.
 * Analysis and evaluation of financial results and recommendations for improvement.
 * Cooperation on strategic planning and decision-making.
 * Communication with internal and external partners, including presentation of results and strategies.</t>
   </si>
   <si>
     <t>* Managementul si dezvoltarea echipei de control.
 * Asigurarea unor raportări, analize și prognoze financiare exacte și în timp util.
 * Întocmirea bugetelor și planurilor și monitorizarea îndeplinirii acestora.
 * Analiza si evaluarea rezultatelor financiare si recomandari de imbunatatire.
 * Cooperare în planificarea strategică și luarea deciziilor.
 * Comunicarea cu partenerii interni și externi, inclusiv prezentarea rezultatelor și strategiilor.</t>
   </si>
   <si>
     <t>Head of Customer Support</t>
   </si>
   <si>
@@ -10203,50 +10455,74 @@
   <si>
     <t>Marketing Manager</t>
   </si>
   <si>
     <t>Manager de marketing</t>
   </si>
   <si>
     <t>* Development of short-time and long-time marketing strategy.
 *Strengthening the awareness and position of the brand on the market.
 * Analysing the market, monitoring trends and activities of competitors.
 * Proposing marketing budget, deciding on the use of funds and supervising their ongoing use.
 * Preparing and coordinating the course of marketing campaigns and supporting activities.
 * Monitoring the effectiveness of marketing campaigns and supporting activities.
 * Evaluating the successfulness of marketing campaigns and supporting activities.
 * Leadership, motivation and assignment of tasks to subordinate staff.</t>
   </si>
   <si>
     <t>* Dezvoltarea unei strategii de marketing pe termen scurt și lung.
 * Consolidarea conștientizării și poziției mărcii pe piață.
 * Analizarea pieței, monitorizarea tendințelor și activităților concurenților.
 * Propunerea bugetului de marketing, decizionarea utilizării fondurilor și supravegherea utilizării lor continue.
 * Pregătirea și coordonarea desfășurării campaniilor de marketing și a activităților de suport.
 * Monitorizarea eficacității campaniilor de marketing și a activităților de suport.
 * Evaluarea succesului campaniilor de marketing și a activităților de suport.
 * Conducerea, motivarea și alocarea sarcinilor pentru personalul subordonat.</t>
+  </si>
+  <si>
+    <t>Online Casino Manager</t>
+  </si>
+  <si>
+    <t>Manager cazino online</t>
+  </si>
+  <si>
+    <t>Managing online casino operations and product performance.
+Coordinating teams (support, risk, marketing, tech).
+Optimizing player offerings and promotional campaigns.
+Monitoring KPIs, game performance, and player behavior.
+Handling risk situations and compliance requirements.
+Overseeing security, AML, and responsible gaming.
+Proposing improvements to products and user experience.</t>
+  </si>
+  <si>
+    <t>Gestionarea operațiunilor cazinoului online și a performanței produselor.
+Coordonarea echipelor (support, risc, marketing, tehnic).
+Optimizarea ofertei pentru jucători și a campaniilor promoționale.
+Monitorizarea KPI‑urilor, a rezultatelor jocurilor și a comportamentului jucătorilor.
+Gestionarea situațiilor de risc și a cerințelor de conformitate.
+Supravegherea securității, AML și a jocului responsabil.
+Propunerea îmbunătățirilor produselor și experienței utilizatorilor.</t>
   </si>
   <si>
     <t>Postmaster</t>
   </si>
   <si>
     <t>Diriginte de poștă</t>
   </si>
   <si>
     <t>* Managing, supervising and organising activities within the post office.
 * Monitoring the stock level of operational material, forms and goods in storage, ordering and allocation of material to employees.
 * Addressing and eliminating the problems, failures and shortcomings.
 * Performing administrative tasks associated with the position of post office manager.</t>
   </si>
   <si>
     <t>* Gestionarea, supravegherea și organizarea activităților din cadrul oficiului poștal.
 * Monitorizarea nivelului de stoc al materialelor operaționale, formularelor și bunurilor aflate în depozit, comandarea și alocarea materialelor către angajați.
 * Abordarea și eliminarea problemelor, deficiențelor și neajunsurilor.
 * Realizarea sarcinilor administrative asociate poziției de manager al oficiului poștal.</t>
   </si>
   <si>
     <t>Process Manager</t>
   </si>
   <si>
     <t>Manager procese</t>
   </si>
@@ -10439,50 +10715,74 @@
   <si>
     <t>* Overseeing daily operations of the restaurant to ensure a high standard of service and guest satisfaction.
 * Managing staff recruitment, training, and performance evaluations to build a competent team.
 * Developing and implementing effective marketing strategies to promote the restaurant and increase customer engagement.
 * Monitoring financial performance, including budgeting, forecasting, and cost control to maximize profitability.
 * Ensuring compliance with health and safety regulations, as well as maintaining cleanliness and hygiene standards.
 * Collaborating with kitchen staff to create and update menus that meet customer preferences and seasonal availability.
 * Handling customer inquiries, complaints, and feedback to enhance the dining experience and foster loyalty.
 * Maintaining relationships with suppliers and vendors to ensure timely delivery of quality products.
 * Analyzing market trends and competitor activities to identify opportunities for growth and improvement.
 * Planning and organizing special events and promotions to attract new customers and retain existing ones.</t>
   </si>
   <si>
     <t>* Supravegherea operațiunilor zilnice ale restaurantului pentru a asigura un standard ridicat de serviciu și satisfacție a oaspeților.
 * Gestionarea recrutării, formării și evaluării performanței personalului pentru a construi o echipă competentă.
 * Dezvoltarea și implementarea unor strategii de marketing eficiente pentru a promova restaurantul și a crește implicarea clienților.
 * Monitorizarea performanței financiare, inclusiv bugetarea, prognozarea și controlul costurilor pentru a maximiza rentabilitatea.
 * Asigurarea conformității cu reglementările de sănătate și securitate, precum și menținerea standardelor de curățenie și igienă.
 * Colaborarea cu personalul din bucătărie pentru a crea și actualiza meniuri care să satisfacă preferințele clienților și disponibilitatea sezonieră.
 * Gestionarea solicitărilor, reclamațiilor și feedback-ului clienților pentru a îmbunătăți experiența de luat masa și a promova loialitatea.
 * Menținerea relațiilor cu furnizorii și vânzătorii pentru a asigura livrarea la timp a produselor de calitate.
 * Analizarea tendințelor de piață și activităților concurenților pentru a identifica oportunități de creștere și îmbunătățire.
 * Planificarea și organizarea evenimentelor speciale și promoțiilor pentru a atrage noi clienți și a păstra pe cei existenți.</t>
   </si>
   <si>
+    <t>Retail Betting Operations Manager</t>
+  </si>
+  <si>
+    <t>Manager puncte de pariere retail</t>
+  </si>
+  <si>
+    <t>Managing the network of retail betting shops.
+Responsible for performance, revenue, and operational management.
+Organizing staff schedules and employee training.
+Ensuring compliance with legislation and internal policies.
+Handling complaints and customer‑related situations.
+Optimizing processes and operational costs.
+Collaborating with headquarters and marketing.</t>
+  </si>
+  <si>
+    <t>Gestionarea rețelei de agenții fizice de pariuri.
+Responsabilitate pentru performanță, venituri și operațiuni.
+Organizarea programului și instruirea angajaților.
+Controlul conformității legislative și interne.
+Rezolvarea reclamațiilor și situațiilor cu clienții.
+Optimizarea proceselor și costurilor.
+Colaborare cu sediul central și marketingul.</t>
+  </si>
+  <si>
     <t>Returns Department Manager</t>
   </si>
   <si>
     <t>Manager departament retururi</t>
   </si>
   <si>
     <t>* Managing and controlling employees at the complaints department.
 * Handling difficult customer complaints to their general satisfaction.
 * Preparation of documents for a possible attempt at conciliation and litigation with customers or suppliers.
 * Analysing the causes of difficult complaints.
 * Proposing appropriate measures to avoid complaints.</t>
   </si>
   <si>
     <t>* Gestionarea și controlul angajaților din departamentul de reclamații.
 * Gestionarea reclamațiilor dificile ale clienților astfel încât să se obțină o satisfacție generală.
 * Pregătirea documentelor în eventualitatea unei tentative de conciliere și litigiu cu clienții sau furnizorii.
 * Analizarea cauzelor reclamațiilor dificile.
 * Propunerea unor măsuri adecvate pentru evitarea reclamațiilor.</t>
   </si>
   <si>
     <t>* Identificarea riscurilor asociate activității comerciale a companiei.
 * Elaborarea unei strategii de gestionare a riscurilor.
 * Stabilirea metodologiei și a proceselor axate pe controlul și gestionarea riscurilor.
 * Evaluarea periodică a riscurilor, determinarea probabilității și impactului apariției acestora.
 * Completarea și actualizarea reglementărilor interne legate de gestionarea riscurilor.
@@ -11734,50 +12034,76 @@
 * Documenting work processes and materials used for inventory and quality control purposes.
 * Troubleshooting and resolving any issues related to varnishing processes or equipment.
 * Staying updated on new varnishing techniques and materials to enhance skills and improve work quality.</t>
   </si>
   <si>
     <t>* Pregătirea suprafețelor pentru lăcuire prin curățare, șlefuire și grunduire, după caz.
 * Aplicarea lacurilor, spoturilor și sigilanților pe diverse suprafețe, asigurând un finisaj uniform și de înaltă calitate.
 * Amestecarea și potrivirea culorilor pentru a obține rezultatele dorite, pe baza specificațiilor proiectului.
 * Operarea și întreținerea echipamentului și sculelor de lăcuire pentru a asigura performanța optimă și siguranța.
 * Efectuarea controalelor de calitate a produselor finite, asigurând respectarea standardelor industriale și a specificațiilor clientului.
 * Colaborarea cu membrii echipei pentru a respecta termenele proiectului și pentru a menține calendarul producției.
 * Menținerea curățeniei și organizării spațiilor de lucru, respectând reglementările de sănătate și securitate.
 * Documentarea proceselor de lucru și a materialelor utilizate pentru scopuri de inventar și control al calității.
 * Depistarea și rezolvarea oricăror probleme legate de procesele de lăcuire sau echipamente.
 * Actualizarea cunoștințelor cu privire la noi tehnici și materiale de lăcuire pentru a îmbunătăți abilitățile și calitatea muncii.</t>
   </si>
   <si>
     <t>* Sudarea metalelor, materialelor plastice și polimerilor conform documentației tehnice.
 * Definirea metodelor adecvate pentru sudură și procedurile de lucru.
 * Utilizarea instrumentelor și sculelor de sudură, responsabilitate pentru reglaje și utilizare corectă.
 * Curățarea, lustruirea și alte lucrări de finisare pentru suduri.
 * Inspecția calității sudurilor prin intermediul unei serii de teste.
 * Îngrijirea și întreținerea echipamentelor tehnice în stare de funcționare.</t>
   </si>
   <si>
+    <t>Welding technologist</t>
+  </si>
+  <si>
+    <t>Tehnolog sudură</t>
+  </si>
+  <si>
+    <t>Creating welding procedure specifications (WPS).
+Setting welding parameters for various materials.
+Inspecting weld quality and ensuring compliance with procedures.
+Responsibility for certification of welding processes and welders.
+Implementing new welding technologies and tools.
+Cooperating with production to resolve deviations.
+Analyzing weld defects and proposing corrective actions.
+Reviewing documentation and performing audit activities.</t>
+  </si>
+  <si>
+    <t>Elaborarea procedurilor tehnologice de sudare (WPS).
+Setarea parametrilor de sudare pentru diferite materiale.
+Controlul calității sudurilor și respectarea procedurilor.
+Responsabilitate pentru certificarea proceselor de sudare și a sudorilor.
+Implementarea noilor tehnologii și instrumente de sudare.
+Colaborare cu producția pentru rezolvarea abaterilor.
+Analiza defectelor de sudură și propunerea măsurilor corective.
+Verificarea documentației și activități de audit.</t>
+  </si>
+  <si>
     <t>Medicine &amp; Social Care</t>
   </si>
   <si>
     <t>Medicină și asistență socială</t>
   </si>
   <si>
     <t>Ambulance Driver</t>
   </si>
   <si>
     <t>Șofer de ambulanță</t>
   </si>
   <si>
     <t>* Driving ambulances or assisting ambulance drivers in transporting sick, injured, or convalescent persons. 
 * Removing and replacing soiled linens and equipment in order to maintain sanitary conditions. 
 * Placing patients on stretchers, and loading stretchers into ambulances, usually with assistance from other attendants. 
 * Accompanying and assisting emergency medical technicians on calls. 
 * Earning and maintaining appropriate certifications. 
 * Replacing supplies and disposable items on ambulances. 
 * Reporting facts concerning accidents or emergencies to hospital personnel or law enforcement officials. 
 * Administering first aid such as bandaging, splinting, and administering oxygen. 
 * Restraining or shackling violent patients.</t>
   </si>
   <si>
     <t>* Conducerea ambulanțelor sau asistarea șoferilor de ambulanță în transportul persoanelor bolnave, rănite sau convalescente.
 * Îndepărtarea și înlocuirea lenjeriei și echipamentului murdar pentru a menține condiții sanitare.
@@ -12138,74 +12464,123 @@
   <si>
     <t>* Assisting experienced doctors in diagnosing and treating patients under supervision.
 * Participating in patient consultations and examinations to gain practical experience.
 * Conducting medical research and literature reviews to support clinical decision-making.
 * Attending medical training sessions, workshops, and seminars to enhance knowledge and skills.
 * Documenting patient histories, symptoms, and treatment plans in medical records.
 * Collaborating with healthcare teams to ensure comprehensive patient care.
 * Learning to perform basic medical procedures and techniques in a clinical setting.
 * Observing and adhering to medical ethics and patient confidentiality regulations.
 * Engaging in continuous professional development and staying updated on medical advancements.
 * Providing support in administrative tasks related to patient care and clinic operations.</t>
   </si>
   <si>
     <t>* Asistarea medicilor experimentați în diagnosticarea și tratarea pacienților sub supraveghere.
 * Participarea la consultațiile și examinările pacienților pentru a câștiga experiență practică.
 * Desfășurarea de cercetări medicale și recenzii ale literaturii pentru a susține luarea deciziilor clinice.
 * Participarea la sesiuni de formare medicală, ateliere și seminarii pentru a îmbunătăți cunoștințele și abilitățile.
 * Documentarea istoricelor medicale, simptomelor și planurilor de tratament în registrele medicale.
 * Colaborarea cu echipele de îngrijire a sănătății pentru a asigura îngrijirea cuprinzătoare a pacienților.
 * Învățarea procedurilor și tehnicilor medicale de bază într-un cadru clinic.
 * Observarea și respectarea reglementărilor de etică medicală și confidențialitate a pacienților.
 * Angajarea în dezvoltarea profesională continuă și menținerea la curent cu progresele medicale.
 * Oferta de sprijin în sarcinile administrative legate de îngrijirea pacienților și operarea clinicii.</t>
   </si>
   <si>
+    <t>Gynecologist</t>
+  </si>
+  <si>
+    <t>Ginecolog</t>
+  </si>
+  <si>
+    <t>Diagnosis and treatment of gynecological conditions.
+Pregnancy management and prenatal care.
+Preventive gynecological examinations.
+Performing minor gynecological procedures.
+Consultations regarding contraception and reproductive health.
+Evaluating ultrasound and laboratory test results.
+Postoperative care for patients.
+Maintaining documentation and recommending further examinations.</t>
+  </si>
+  <si>
+    <t>Diagnosticarea și tratarea afecțiunilor ginecologice.
+Monitorizarea sarcinii și îngrijirea prenatală.
+Consulturi ginecologice preventive.
+Realizarea procedurilor ginecologice minore.
+Consiliere privind contracepția și sănătatea reproductivă.
+Evaluarea rezultatelor ecografiilor și analizelor de laborator.
+Îngrijirea pacientelor după intervenții chirurgicale.
+Întocmirea documentației și recomandarea investigațiilor suplimentare.</t>
+  </si>
+  <si>
     <t>Health Care Assistant</t>
   </si>
   <si>
     <t>Asistent servicii medicale</t>
   </si>
   <si>
     <t>* Providing basic nursing care under the guidance of a nurse.
 * Administering and applying medicines, poultices, wraps, enemas, warm and cold procedures, healing sitz baths, etc.
 * Serving food and drinks to patients, monitoring the state of their body fluids.
 * Measurement and monitoring of patients' vital signs.
 * Taking samples of biological material for biochemical analysis.
 * Exchange of used and soiled bed linen.
 * Work with the information system of the medical facility.
 * Recording of performed performances in documentation, reporting of activities for the needs of health insurance companies and statistics.</t>
   </si>
   <si>
     <t>* Furnizarea de îngrijiri de bază sub supravegherea unui asistent medical.
 * Administrarea și aplicarea de medicamente, cataplasme, bandaje, clisme, proceduri calde și reci, băi terapeutice de șezut, etc.
 * Servirea de alimente și băuturi pacienților, monitorizarea stării lichidelor corporale.
 * Măsurarea și monitorizarea semnelor vitale ale pacienților.
 * Prelevarea de probe de material biologic pentru analize biochimice.
 * Schimbarea lenjeriei de pat folosite și murdare.
 * Lucrul cu sistemul informatic al unității medicale.
 * Înregistrarea performanțelor efectuate în documentație, raportarea activităților pentru nevoile firmelor de asigurări de sănătate și statistici.</t>
+  </si>
+  <si>
+    <t>Internist</t>
+  </si>
+  <si>
+    <t>Diagnosis and treatment of diseases of internal organs.
+Comprehensive management of chronic conditions (diabetes, hypertension, etc.).
+Interpretation of laboratory and imaging tests.
+Adjusting pharmacotherapy and monitoring treatment effects.
+Preventive check‑ups and patient education.
+Consultations for other specialists and general practitioners.
+Inpatient care depending on the workplace setting.
+Maintaining medical documentation and deciding on further examinations.</t>
+  </si>
+  <si>
+    <t>Diagnosticul și tratamentul bolilor organelor interne.
+Management complex al bolilor cronice (diabet, hipertensiune etc.).
+Interpretarea analizelor de laborator și a investigațiilor imagistice.
+Stabilirea farmacoterapiei și monitorizarea efectelor.
+Controale preventive și educarea pacienților.
+Consultanță pentru alți specialiști și medici de familie.
+Îngrijire spitalicească în funcție de unitatea medicală.
+Întocmirea documentației și decizii privind investigațiile suplimentare.</t>
   </si>
   <si>
     <t>Kinetotherapist</t>
   </si>
   <si>
     <t>Kinetoterapeut</t>
   </si>
   <si>
     <t>* Assessing patients' physical abilities and limitations through various tests and evaluations.
 * Developing individualized treatment plans based on patients' needs and goals.
 * Implementing therapeutic exercises and activities to improve patients' mobility and function.
 * Educating patients and their families on treatment protocols and self-management strategies.
 * Monitoring and documenting patients' progress throughout the therapy process.
 * Collaborating with healthcare professionals, including physicians and occupational therapists, to ensure comprehensive care.
 * Utilizing specialized equipment and techniques to aid in rehabilitation.
 * Providing support and encouragement to motivate patients during their recovery journey.
 * Staying updated on advancements in kinesiology and rehabilitation practices.
 * Participating in professional development activities to enhance skills and knowledge in the field.</t>
   </si>
   <si>
     <t>* Evaluarea abilităților fizice și a limitărilor pacienților prin diverse teste și evaluări.
 * Dezvoltarea planurilor de tratament individualizate bazate pe nevoile și obiectivele pacienților.
 * Implementarea exercițiilor și activităților terapeutice pentru a îmbunătăți mobilitatea și funcția pacienților.
 * Educația pacienților și a familiilor acestora cu privire la protocoalele de tratament și la strategiile de auto-gestionare.
 * Monitorizarea și documentarea progresului pacienților pe tot parcursul procesului de terapie.
@@ -12458,50 +12833,76 @@
 * Assisting with daily routines such as meals, bathing, dressing, and bedtime.
 * Supporting children's emotional and social development through positive reinforcement and guidance.
 * Communicating effectively with parents regarding children's progress, behavior, and any concerns.
 * Maintaining a clean and organized environment, including tidying up play areas and children's rooms.
 * Administering basic first aid and medication as needed, following parents' instructions.
 * Collaborating with parents to establish and adhere to family routines and rules.
 * Adapting care techniques to meet the individual needs and preferences of each child.
 * Ensuring compliance with safety regulations and guidelines to protect children at all times.
 * Providing transportation for children to and from activities, school, or appointments as required.</t>
   </si>
   <si>
     <t>* Furnizarea de îngrijire atentă și afectuoasă copiilor într-un mediu casnic.
 * Crearea unui mediu sigur, stimulativ și atractiv pentru dezvoltarea copilului.
 * Planificarea și supravegherea activităților adecvate vârstei, inclusiv jocuri educative și ieșiri.
 * Asistarea la rutinele zilnice, cum ar fi mesele, îmbăierea, îmbrăcarea și ora de culcare.
 * Sprijinirea dezvoltării emoționale și sociale a copiilor prin încurajare pozitivă și îndrumare.
 * Comunicarea eficientă cu părinții privind progresul, comportamentul și orice preocupări ale copiilor.
 * Menținerea unui mediu curat și organizat, inclusiv curățarea zonelor de joacă și a camerelor copiilor.
 * Administrarea primului ajutor de bază și a medicației, după caz, urmând instrucțiunile părinților.
 * Colaborarea cu părinții pentru stabilirea și respectarea rutinelor și regulilor familiei.
 * Adaptarea tehnicilor de îngrijire pentru a răspunde nevoilor și preferințelor individuale ale fiecărui copil.
 * Asigurarea respectării reglementărilor și ghidurilor de siguranță pentru protejarea copiilor în orice moment.
 * Furnizarea transportului pentru copii către și de la activități, școală sau întâlniri, după necesități.</t>
   </si>
   <si>
+    <t>Neurologist</t>
+  </si>
+  <si>
+    <t>Neurolog</t>
+  </si>
+  <si>
+    <t>Diagnosis of disorders of the nervous system (brain, spinal cord, peripheral nerves).
+Performing neurological examinations.
+Ordering EMG, EEG, MRI, and other diagnostic tests.
+Treatment of acute and chronic neurological conditions.
+Long‑term follow‑up of patients with progressive diseases.
+Collaboration with rehabilitation and neurosurgery.
+Maintaining medical records.
+Educating patients and families on disease management.</t>
+  </si>
+  <si>
+    <t>Diagnosticarea bolilor sistemului nervos (creier, măduva spinării, nervi periferici).
+Efectuarea examenului neurologic.
+Indicare EMG, EEG, RMN și alte teste.
+Tratamentul bolilor neurologice acute și cronice.
+Monitorizarea pe termen lung a pacienților cu afecțiuni progresive.
+Colaborare cu specialiști în reabilitare și neurochirurgie.
+Gestionarea documentației medicale.
+Educarea pacienților și familiilor privind managementul bolii.</t>
+  </si>
+  <si>
     <t>Nurse</t>
   </si>
   <si>
     <t>Asistent medical</t>
   </si>
   <si>
     <t>* Providing assistance during specialised medical procedures and examinations.
 * Measuring and monitoring patient vital signs and functions.
 * Administering injections and prescribed medications to patients.
 * Collecting samples of biological materials.
 * Ordering preventative check-ups and examinations for patients.
 * Administering health records and documentation.
 * Washing, disinfecting, and sterilising medical instruments and aids.
 * Providing first aid in an emergency.</t>
   </si>
   <si>
     <t>* Acordarea de asistență în timpul procedurilor și examinărilor medicale specializate.
 * Măsurarea și monitorizarea semnelor vitale și a funcțiilor pacienților.
 * Administrarea injecțiilor și a medicamentelor prescrise pacienților.
 * Colectarea de probe de materiale biologice.
 * Comandarea de controale și examinări medicale preventive pentru pacienți.
 * Administrarea fișelor de sănătate și a documentației.
 * Spălarea, dezinfectarea și sterilizarea instrumentelor și a mijloacelor medicale.
 * Acordarea primului ajutor în caz de urgență.</t>
   </si>
@@ -12546,50 +12947,76 @@
 * Oferirea de sfaturi privind selecția lentilelor de contact, a ramei ochelarilor, etc.</t>
   </si>
   <si>
     <t>Orthopedic Technician</t>
   </si>
   <si>
     <t>Tehnician ortopedic</t>
   </si>
   <si>
     <t>* Checking prosthetic products and semi-products.
 * Processing leather (rawhide) and lining materials manually and using machinery.
 * Making orthopaedic devices using machinery.
 * Joining orthopaedic materials by hand and machine sewing, riveting (solid bonding with metal components), etc.
 * Adjusting orthopaedic parts made from wood, leather, plastics, and other natural materials.
 * Making soft bandages and combined orthopaedic inserts.
 * Making orthopaedic shoes on the basis of prescriptions.</t>
   </si>
   <si>
     <t>* Verificarea produselor și semiproductelor protetice.
 * Prelucrarea pielii (pielea brută) și a materialelor de căptușire manual și utilizând mașini.
 * Realizarea dispozitivelor ortopedice utilizând mașini.
 * Îmbinarea materialelor ortopedice prin cusut manual și mecanic, nituire (lipire solidă cu componente metalice), etc.
 * Reglarea pieselor ortopedice realizate din lemn, piele, materiale plastice și alte materiale naturale.
 * Realizarea bandajelor moi și a inserțiilor ortopedice combinate.
 * Realizarea de încălțăminte ortopedică pe baza rețetelor.</t>
+  </si>
+  <si>
+    <t>Pediatrician</t>
+  </si>
+  <si>
+    <t>Pediatru</t>
+  </si>
+  <si>
+    <t>Diagnosis and treatment of illnesses in children from birth to adolescence.
+Preventive check‑ups and monitoring of child growth and development.
+Vaccination and management of vaccination records.
+Prescribing treatment and monitoring its effectiveness.
+Consulting with parents on children’s health and nutrition.
+Identifying developmental disorders and referring to specialists.
+Maintaining medical documentation.
+Cooperating with hospitals and specialists in comprehensive care.</t>
+  </si>
+  <si>
+    <t>Diagnosticarea și tratarea bolilor copiilor de la naștere până la adolescență.
+Examinări preventive și monitorizarea creșterii și dezvoltării copilului.
+Vaccinare și gestionarea evidenței vaccinărilor.
+Prescrierea tratamentului și urmărirea eficacității acestuia.
+Consilierea părinților privind sănătatea și nutriția copiilor.
+Identificarea tulburărilor de dezvoltare și trimiterea la specialiști.
+Gestionarea documentației medicale.
+Colaborarea cu spitalele și specialiștii în tratamente complexe.</t>
   </si>
   <si>
     <t>Pharmaceutical Laboratory Technician</t>
   </si>
   <si>
     <t>Tehnician de laborator de farmaceutice</t>
   </si>
   <si>
     <t>* Preparing medications according to standard prescriptions.
 * Weighing substances used in the preparation of medications, without participating in the formulation process according to the physician's instructions.
 * Maintaining laboratory equipment and ensuring cleanliness.
 * Conducting various physical-chemical and biological analyses and measurements using laboratory apparatus.
 * Assisting in the preparation of production and overseeing technological phases in the manufacturing of pharmaceutical and cosmetic products.
 * Collaborating with pharmacists and other healthcare professionals to ensure accurate medication preparation.
 * Adhering to safety and quality standards in all laboratory and production processes.
 * Documenting and reporting any discrepancies or issues encountered during the preparation and analysis processes.
 * Participating in training and continuous education to stay updated on new pharmaceutical practices and technologies.
 * Supporting the research and development of new pharmaceutical formulations and products.</t>
   </si>
   <si>
     <t>* Prepararea medicamentelor în conformitate cu rețetele standard.
 * Cântărirea substanțelor utilizate în prepararea medicamentelor, fără a participa la procesul de formulare conform instrucțiunilor medicului.
 * Întreținerea echipamentelor de laborator și asigurarea curățeniei.
 * Efectuarea diverselor analize și măsurători fizico-chimice și biologice utilizând aparate de laborator.
 * Asistarea în pregătirea producției și supravegherea fazelor tehnologice în fabricarea produselor farmaceutice și cosmetice.
@@ -12684,100 +13111,152 @@
   <si>
     <t>* Develop and implement effective marketing strategies for healthcare products and services.
 * Conduct market research to identify customer needs, preferences, and trends within the healthcare sector.
 * Collaborate with cross-functional teams, including sales, product development, and customer service, to ensure alignment of marketing initiatives.
 * Create and manage product positioning, messaging, and promotional campaigns to enhance brand visibility and market share.
 * Analyze competitor offerings and industry developments to identify opportunities for product differentiation and innovation.
 * Prepare and present marketing plans, budgets, and performance reports to senior management.
 * Oversee the creation of marketing materials, including brochures, presentations, and digital content, ensuring consistency with brand guidelines.
 * Foster relationships with key stakeholders, including healthcare providers, industry influencers, and clients, to drive product adoption and customer loyalty.
 * Monitor and evaluate the effectiveness of marketing campaigns, making data-driven adjustments to optimize performance.
 * Stay updated on regulatory requirements and industry standards to ensure compliance in all marketing activities.</t>
   </si>
   <si>
     <t>* Dezvoltă și implementează strategii de marketing eficiente pentru produsele și serviciile din domeniul sănătății.
 * Efectuează cercetări de piață pentru a identifica nevoile, preferințele și tendințele clienților din sectorul sănătății.
 * Colaborează cu echipe multifuncționale, inclusiv vânzări, dezvoltare de produse și servicii pentru clienți, pentru a asigura alinierea inițiativelor de marketing.
 * Crează și gestionează poziționarea produsului, mesajele și campaniile de promovare pentru a îmbunătăți vizibilitatea mărcii și cota de piață.
 * Analizează oferta concurenților și evoluțiile din industrie pentru a identifica oportunități de diferențiere și inovare a produselor.
 * Pregătește și prezintă planurile de marketing, bugetele și rapoartele de performanță către managementul superior.
 * Supraveghează crearea de materiale de marketing, inclusiv broșuri, prezentări și conținut digital, asigurând consistența cu liniile directoare ale mărcii.
 * Cultivă relații cu părțile interesate cheie, inclusiv furnizori de servicii medicale, influenceri din industrie și clienți, pentru a promova adoptarea produselor și loialitatea clienților.
 * Monitorizează și evaluează eficacitatea campaniilor de marketing, făcând ajustări bazate pe date pentru a optimiza performanța.
 * Rămâne la curent cu cerințele și standardele industriale pentru a asigura conformitatea în toate activitățile de marketing.</t>
   </si>
   <si>
+    <t>Psychiatrist</t>
+  </si>
+  <si>
+    <t>Psihiatru</t>
+  </si>
+  <si>
+    <t>Diagnosis of mental disorders.
+Prescribing psychopharmaceuticals and monitoring effectiveness.
+Crisis intervention and management of acute conditions.
+Long‑term care of patients with chronic psychiatric diagnoses.
+Collaboration with psychologists and therapists.
+Inpatient care depending on the workplace setting.
+Preparation of expert reports and medical assessments.
+Maintaining documentation and planning treatment.</t>
+  </si>
+  <si>
+    <t>Diagnosticarea tulburărilor psihice.
+Prescrierea psihofarmaceuticelor și monitorizarea eficienței acestora.
+Intervenție în criză și gestionarea stărilor acute.
+Urmărirea pe termen lung a pacienților cu diagnostice psihiatrice cronice.
+Colaborarea cu psihologi și terapeuți.
+Îngrijire spitalicească în funcție de tipul unității.
+Elaborarea rapoartelor și expertizelor de specialitate.
+Gestionarea documentației și planificarea tratamentului.</t>
+  </si>
+  <si>
     <t>Public Health Administrator</t>
   </si>
   <si>
     <t>Administrator servicii de sănătate publică</t>
   </si>
   <si>
     <t>* Performing expert activities in the area of primary prevention, protection, support, and strengthening of public health.
 * Performing state health supervision in the field of environment and working environment, occupational health, the creation and protection of healthy living and working conditions of children and youth, and on workplaces with ionising radiation.
 * Monitoring and statistical analysis of environmental factors and health characteristics.
 * Performing specialised tasks within the public health surveillance.
 * Performing activities in the area of health counselling and education.</t>
   </si>
   <si>
     <t>* Desfășurarea de activități de expertiză în domeniul prevenirii primare, protecției, sprijinirii și consolidării sănătății publice.
 * Realizarea supravegherii sanitare de stat în domeniul mediului și mediului de lucru, sănătatea ocupațională, crearea și protecția condițiilor de viață și muncă sănătoase pentru copii și tineri, precum și pe locurile de muncă cu radiații ionizante.
 * Monitorizarea și analiza statistică a factorilor de mediu și caracteristicilor de sănătate.
 * Îndeplinirea de sarcini specializate în cadrul supravegherii sănătății publice.
 * Desfășurarea de activități în domeniul consilierii și educației pentru sănătate.</t>
   </si>
   <si>
     <t>Radiographer</t>
   </si>
   <si>
     <t>Radiograf</t>
   </si>
   <si>
     <t>* Performing diagnostic imaging examinations using X-ray equipment to assist in the diagnosis and treatment of patients.
 * Collaborating with physicians and healthcare professionals to determine appropriate imaging techniques and protocols.
 * Preparing patients for radiographic procedures by explaining the process, addressing concerns, and ensuring comfort.
 * Positioning patients correctly to obtain high-quality images while minimizing exposure to radiation.
 * Maintaining and operating radiographic equipment, ensuring compliance with safety and quality standards.
 * Analyzing images for technical quality and assisting in the interpretation of findings.
 * Keeping accurate patient records and documenting procedures performed and results obtained.
 * Ensuring the cleanliness and organization of the radiography department and equipment.
 * Staying updated with advancements in radiographic technology and techniques through continuous education and training.
 * Adhering to all regulatory and safety guidelines to ensure a safe environment for patients and staff.</t>
   </si>
   <si>
     <t>* Efectuarea examinărilor imagistice de diagnostic folosind echipamente cu raze X pentru a ajuta la diagnosticarea și tratamentul pacienților.
 * Colaborarea cu medici și profesioniști din domeniul sănătății pentru a determina tehnici și protocoale de imagistică adecvate.
 * Pregătirea pacienților pentru procedurile radiografice prin explicarea procesului, abordarea preocupărilor și asigurarea confortului.
 * Poziționarea corectă a pacienților pentru a obține imagini de înaltă calitate în timp ce se minimizează expunerea la radiații.
 * Întreținerea și operarea echipamentelor radiografice, asigurând respectarea standardelor de siguranță și calitate.
 * Analizarea imaginilor pentru calitatea tehnică și asistarea la interpretarea rezultatelor.
 * Ținerea evidenței pacienților și documentarea procedurilor efectuate și a rezultatelor obținute.
 * Asigurarea curățeniei și organizării departamentului de radiografie și a echipamentelor.
 * Menținerea la curent cu progresele în tehnologia și tehnicile radiografice prin educație și pregătire continuă.
 * Respectarea tuturor liniilor directoare de reglementare și de siguranță pentru a asigura un mediu sigur pentru pacienți și personal.</t>
   </si>
   <si>
+    <t>Radiologist</t>
+  </si>
+  <si>
+    <t>Radiolog</t>
+  </si>
+  <si>
+    <t>Performing and evaluating imaging examinations (X‑ray, ultrasound, CT, MRI).
+Providing findings and diagnostic recommendations.
+Collaborating with clinical physicians during diagnostics.
+Supervising the technical quality of imaging procedures.
+Ensuring radiation protection and compliance with legislation.
+Documenting and archiving imaging material.
+Recommending additional examinations when needed.
+Consulting results with other specialists.</t>
+  </si>
+  <si>
+    <t>Realizarea și evaluarea investigațiilor imagistice (RX, USG, CT, RMN).
+Întocmirea concluziilor și a recomandărilor diagnostice.
+Colaborarea cu medicii clinicieni în procesul de diagnostic.
+Supravegherea calității tehnice a investigațiilor.
+Asigurarea protecției la radiații și respectarea legislației.
+Documentarea și arhivarea materialului imagistic.
+Recomandarea investigațiilor suplimentare după necesități.
+Consultarea rezultatelor cu alți specialiști.</t>
+  </si>
+  <si>
     <t>Radiology Assistant</t>
   </si>
   <si>
     <t>Asistent radiologie</t>
   </si>
   <si>
     <t>* Independent specialised professional work during standard skiagraphic and skiascopic examinations.
 * Assisting with non-standard radiological operations using complex instrumentation.
 * Developing and processing of film material in the darkroom.
 * Performing CT and MR examinations and assisting in CT-guided intervention (biopsy and drainage).
 * Processing CT and MR image documentation and its recording on electronic media.
 * Informing the patient about the nature, preparation, duration, and potential risks of examination as well as the time of receiving the results.</t>
   </si>
   <si>
     <t>* Lucru independent specializat în timpul examinărilor standard skiagrafice și skiascopice.
 * Asistență la operațiuni radiologice ne-standard cu instrumentație complexă.
 * Dezvoltarea și prelucrarea materialului filmic în camera obscură.
 * Efectuarea de examinări CT și MR și asistență la intervenții ghidate CT (biopsie și drenaj).
 * Prelucrarea documentației de imagini CT și MR și înregistrarea acesteia pe suport electronic.
 * Informarea pacientului despre natura, pregătirea, durata și riscurile potențiale ale examinării, precum și timpul de primire a rezultatelor.</t>
   </si>
   <si>
     <t>Regulatory Affairs Manager</t>
   </si>
   <si>
@@ -12890,50 +13369,76 @@
     <t>Logoped</t>
   </si>
   <si>
     <t>* Assessing, diagnosing, and treating speech, language, and communication disorders in individuals of all ages.
 * Developing personalized treatment plans tailored to the specific needs of each client.
 * Conducting therapy sessions to improve speech clarity, language skills, and communication abilities.
 * Collaborating with other healthcare professionals, educators, and families to support clients' overall development.
 * Utilizing evidence-based practices and therapeutic techniques to enhance client outcomes.
 * Monitoring and documenting clients’ progress and adjusting treatment plans as necessary.
 * Providing guidance and support to families regarding communication strategies and resources.
 * Educating clients and their families about speech and language disorders and the therapeutic process.
 * Participating in continuing education and professional development to stay current with best practices in the field.
 * Maintaining confidentiality and adhering to ethical standards in all aspects of practice.</t>
   </si>
   <si>
     <t>* Evaluarea, diagnosticarea și tratarea tulburărilor de vorbire, limbaj și comunicare la persoane de toate vârstele.
 * Dezvoltarea de planuri de tratament personalizate adaptate nevoilor specifice ale fiecărui client.
 * Desfășurarea de ședințe de terapie pentru îmbunătățirea clarității vorbirii, a abilităților lingvistice și a capacităților de comunicare.
 * Colaborarea cu alți profesioniști din domeniul sănătății, cadre didactice și familii pentru a sprijini dezvoltarea generală a clienților.
 * Utilizarea de practici și tehnici terapeutice bazate pe dovezi pentru a îmbunătăți rezultatele clienților.
 * Monitorizarea și documentarea progresului clienților și ajustarea planurilor de tratament după caz.
 * Oferirea de îndrumare și sprijin familiilor cu privire la strategiile de comunicare și resurse.
 * Educarea clienților și a familiilor acestora despre tulburările de vorbire și limbaj și despre procesul terapeutic.
 * Participarea la programe de educație continuă și dezvoltare profesională pentru a rămâne la curent cu cele mai bune practici din domeniu.
 * Menținerea confidențialității și respectarea standardelor etice în toate aspectele practicii.</t>
+  </si>
+  <si>
+    <t>Surgeon</t>
+  </si>
+  <si>
+    <t>Chirurg</t>
+  </si>
+  <si>
+    <t>Diagnosis and indication of surgical procedures.
+Performing surgical operations.
+Pre‑ and postoperative patient care.
+Assessing surgical risks and informing the patient.
+Monitoring wound healing and preventing complications.
+Collaboration with anesthesiology and other specialties.
+Reviewing outcomes and planning follow‑up treatment.
+Maintaining surgical documentation.</t>
+  </si>
+  <si>
+    <t>Diagnosticarea și indicarea intervențiilor chirurgicale.
+Realizarea procedurilor operatorii.
+Îngrijirea pacientului înainte și după operație.
+Evaluarea riscurilor intervenției și informarea pacientului.
+Monitorizarea vindecării rănilor și prevenirea complicațiilor.
+Colaborarea cu anesteziologia și alte specialități.
+Verificarea rezultatelor și planificarea tratamentului ulterior.
+Gestionarea documentației chirurgicale.</t>
   </si>
   <si>
     <t>Veterinarian</t>
   </si>
   <si>
     <t>Medic Veterinar</t>
   </si>
   <si>
     <t>* Examining the health of animals, determining diagnoses.
 * Examining and removing tissues and biological materials.
 * Prescribing and administering drugs to animals.
 * Performing minor and major surgeries.
 * Vaccinating animals against diseases, treating them for parasites.
 * Sterilising animals.
 * Euthanising animals.
 * Providing advice to owners and keepers of animals regarding proper nutrition.</t>
   </si>
   <si>
     <t>* Examinarea stării de sănătate a animalelor, stabilirea diagnosticelor.
 * Examinarea și eliminarea țesuturilor și a materialelor biologice.
 * Prescrierea și administrarea medicamentelor pentru animale.
 * Efectuarea intervențiilor chirurgicale minore și majore.
 * Vaccinarea animalelor împotriva bolilor, tratarea lor pentru paraziți.
 * Sterilizarea animalelor.
 * Eutanasierea animalelor.
@@ -14764,50 +15269,74 @@
   <si>
     <t>* Assisting families in planning and organizing funeral services in a compassionate and respectful manner.
 * Providing guidance on funeral arrangements, including casket selection, transportation, and memorial services.
 * Coordinating with various service providers, such as cemeteries, crematories, and florists.
 * Preparing and filing necessary legal documents, such as death certificates and permits.
 * Ensuring the proper care and preparation of the deceased, including embalming and dressing.
 * Managing logistics for the funeral service, including setting up the venue and overseeing the service proceedings.
 * Offering emotional support and counseling to grieving families throughout the planning process.
 * Maintaining a clean and respectful environment in the funeral home and associated facilities.
 * Adhering to health and safety regulations and ethical standards in all aspects of the job.
 * Participating in ongoing professional development and training to stay current with industry practices and regulations.</t>
   </si>
   <si>
     <t>* Ajutarea familiilor în planificarea și organizarea serviciilor funerare într-un mod plin de compasiune și respect.
 * Oferea de îndrumări privind aranjamentele funerare, inclusiv selecția sicrielor, transportul și serviciile memoriale.
 * Coordonarea cu diverși furnizori de servicii, precum cimitire, crematorii și florari.
 * Pregătirea și depunerea documentelor legale necesare, precum certificatele de deces și permisele.
 * Asigurarea îngrijirii și pregătirii corespunzătoare a defunctului, inclusiv îmbălsămarea și îmbrăcarea.
 * Gestionarea logisticii pentru serviciul funerar, inclusiv amenajarea spațiului și supravegherea desfășurării serviciului.
 * Oferirea suportului emoțional și a consilierii familiilor care suferă în procesul de planificare.
 * Menținerea unui mediu curat și respectuos în casa funerară și în facilitățile asociate.
 * Respectarea reglementărilor de sănătate și securitate și a standardelor etice în toate aspectele muncii.
 * Participarea la programe de dezvoltare profesională continuă și la instruire pentru a rămâne la curent cu practicile și reglementările din industrie.</t>
   </si>
   <si>
+    <t>Gaming / Casino Operator</t>
+  </si>
+  <si>
+    <t>Operator sală de jocuri / cazinou</t>
+  </si>
+  <si>
+    <t>Serving guests in a gaming room or casino.
+Supervising the operation of gaming devices.
+Providing information about games and rules.
+Handling basic technical and operational issues.
+Checking player age and eligibility.
+Complying with internal and legal regulations.
+Maintaining cleanliness and order in the venue.</t>
+  </si>
+  <si>
+    <t>Deservirea clienților în sala de jocuri sau cazino.
+Supravegherea funcționării echipamentelor de joc.
+Oferirea de informații despre jocuri și reguli.
+Rezolvarea problemelor tehnice și operaționale de bază.
+Verificarea vârstei și eligibilității jucătorilor.
+Respectarea regulilor interne și legale.
+Asigurarea curățeniei și ordinii în locație.</t>
+  </si>
+  <si>
     <t>Gardener</t>
   </si>
   <si>
     <t>Grădinar</t>
   </si>
   <si>
     <t>* Caring for flower beds, lawns, trees and shrubs in gardens, orchards and public parks.
 * Hoeing and fertilising the soil, pulling weeds.
 * Planting and irrigating decorative plants, shrubs, trees and hedges.
 * Seeding, watering and mowing lawns.
 * Protecting vegetation from pests and diseases using chemical agents.
 * Harvesting and storing fruit and vegetables.
 * Repairing garden tools.</t>
   </si>
   <si>
     <t>* Îngrijirea patelor de flori, peluzelor, copacilor și arbuștilor din grădini, livezi și parcuri publice.
 * Prășitul și fertilizarea solului, smulgerea buruienilor.
 * Plantarea și irigarea plantelor decorative, arbuștilor, copacilor și gardurilor vii.
 * Însămânțarea, udatul și cositul peluzelor.
 * Protejarea vegetației împotriva dăunătorilor și bolilor folosind agenți chimici.
 * Recoltarea și depozitarea fructelor și legumelor.
 * Repararea uneltelor de grădinărie.</t>
   </si>
   <si>
     <t>Goldsmith, Jeweller</t>
@@ -15106,50 +15635,74 @@
 * Responding to alarms and safety alerts, taking appropriate action to resolve issues.
 * Maintaining accurate records of boiler operations, maintenance activities, and safety checks.
 * Collaborating with engineering and maintenance teams to troubleshoot and repair boiler-related issues.
 * Ensuring compliance with safety regulations and industry standards in boiler operations.
 * Managing fuel supply and ensuring proper combustion for efficient energy production.
 * Assisting in the training of new staff on boiler operation and safety procedures.
 * Performing emergency shutdown procedures when necessary and ensuring safe operation at all times.</t>
   </si>
   <si>
     <t>* Operarea și întreținerea cazanelor, asigurând funcționarea lor eficientă și în siguranță.
 * Monitorizarea presiunii, temperaturii și nivelului apei cazanelor pentru a menține o performanță optimă.
 * Efectuarea de inspecții de rutină și efectuarea lucrărilor de întreținere necesare asupra sistemelor de cazane.
 * Răspunsul la alarme și alerte de siguranță, luarea măsurilor adecvate pentru a rezolva problemele.
 * Păstrarea unor înregistrări precise ale operațiunilor cazanelor, activităților de întreținere și verificărilor de siguranță.
 * Colaborarea cu echipele de inginerie și întreținere pentru a diagnoza și repara problemele legate de cazane.
 * Asigurarea respectării reglementărilor de siguranță și a standardelor industriale în operațiunile de cazane.
 * Gestionarea alimentării cu combustibil și asigurarea unei combustii adecvate pentru producerea eficientă de energie.
 * Asistarea la pregătirea personalului nou angajat în procedurile de operare și de siguranță a cazanelor.
 * Executarea procedurilor de oprire de urgență atunci când este necesar și asigurarea funcționării sigure în orice moment.</t>
   </si>
   <si>
     <t>Technology, Development</t>
   </si>
   <si>
     <t>Tehnologie, dezvoltare</t>
+  </si>
+  <si>
+    <t>Gaming Machines Service Technician</t>
+  </si>
+  <si>
+    <t>Tehnician service echipamente de joc</t>
+  </si>
+  <si>
+    <t>Installing, configuring, and servicing gaming machines.
+Diagnosing and repairing technical faults.
+Performing regular maintenance of gaming devices.
+Ensuring technical safety and operational functionality.
+Documenting interventions and reporting defects.
+Cooperating with operations managers.
+Testing new devices and components.</t>
+  </si>
+  <si>
+    <t>Instalarea, configurarea și întreținerea echipamentelor de joc.
+Diagnosticarea și repararea defecțiunilor tehnice.
+Efectuarea mentenanței periodice a automatelor.
+Asigurarea siguranței tehnice și funcționalității.
+Documentarea intervențiilor și raportarea defecțiunilor.
+Colaborarea cu managerii de operațiuni.
+Testarea noilor echipamente și componente.</t>
   </si>
   <si>
     <t>Head of Technical Department</t>
   </si>
   <si>
     <t>Director Departament Tehnic</t>
   </si>
   <si>
     <t>* Organizing production based on monthly and annual production plans submitted to company management.
 * Developing plans in alignment with the company's business strategy.
 * Ensuring the implementation of plans by overseeing specific production facilities or subordinate technical services, including quality control, development, maintenance, and occupational safety, by delegating tasks to individual team members.
 * Organizing the flow of production documentation and proposing, implementing, and monitoring compliance with organizational regulations.
 * Addressing ongoing technical issues to ensure the facility operates continuously, safely, and efficiently.
 * Leading and managing the technical department to foster innovation and improve operational processes.
 * Collaborating with other departments to align technical activities with overall business objectives.
 * Conducting performance evaluations and providing guidance to team members to enhance their skills and productivity.
 * Monitoring industry trends and advancements to inform strategic decision-making and maintain competitive advantage.
 * Ensuring compliance with safety regulations and quality standards in all technical operations.</t>
   </si>
   <si>
     <t>* Organizarea producției pe baza planurilor de producție lunare și anuale prezentate conducerii companiei.
 * Dezvoltarea planurilor în conformitate cu strategia de afaceri a companiei.
 * Asigurarea implementării planurilor prin supravegherea anumitor facilități de producție sau a serviciilor tehnice subordonate, inclusiv controlul calității, dezvoltarea, mentenanța și securitatea ocupațională, prin delegarea sarcinilor către membrii individuali ai echipei.
 * Organizarea fluxului de documentație de producție și propunerea, implementarea și monitorizarea respectării regulamentelor organizaționale.
 * Rezolvarea problemelor tehnice în curs pentru a asigura funcționarea continuă, sigură și eficientă a facilității.
@@ -18930,82 +19483,82 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F773"/>
+  <dimension ref="A1:F795"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E6" sqref="E6:F773"/>
+      <selection activeCell="E6" sqref="E6:F795"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="37.7051" customWidth="true" style="0"/>
     <col min="2" max="2" width="37.7051" customWidth="true" style="0"/>
     <col min="3" max="3" width="37.7051" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.7051" customWidth="true" style="0"/>
     <col min="5" max="5" width="53.844" customWidth="true" style="0"/>
     <col min="6" max="6" width="53.844" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2"/>
       <c r="B2" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3"/>
       <c r="B3" s="1">
-        <v>768</v>
+        <v>790</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" t="s">
         <v>2</v>
       </c>
       <c r="B5" t="s">
         <v>3</v>
       </c>
       <c r="C5" t="s">
         <v>4</v>
       </c>
       <c r="D5" t="s">
         <v>5</v>
       </c>
       <c r="E5" t="s">
         <v>6</v>
       </c>
       <c r="F5" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>8</v>
@@ -19986,14406 +20539,14846 @@
         <v>204</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" t="s">
         <v>135</v>
       </c>
       <c r="B55" t="s">
         <v>136</v>
       </c>
       <c r="C55" t="s">
         <v>205</v>
       </c>
       <c r="D55" t="s">
         <v>206</v>
       </c>
       <c r="E55" s="2" t="s">
         <v>207</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" t="s">
+        <v>135</v>
+      </c>
+      <c r="B56" t="s">
+        <v>136</v>
+      </c>
+      <c r="C56" t="s">
         <v>209</v>
-      </c>
-[...4 lines deleted...]
-        <v>210</v>
       </c>
       <c r="D56" t="s">
         <v>210</v>
       </c>
       <c r="E56" s="2" t="s">
         <v>211</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="B57" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C57" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D57" t="s">
         <v>214</v>
       </c>
       <c r="E57" s="2" t="s">
         <v>215</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>216</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="B58" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C58" t="s">
         <v>217</v>
       </c>
       <c r="D58" t="s">
         <v>218</v>
       </c>
       <c r="E58" s="2" t="s">
         <v>219</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>220</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="B59" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C59" t="s">
         <v>221</v>
       </c>
       <c r="D59" t="s">
         <v>222</v>
       </c>
       <c r="E59" s="2" t="s">
         <v>223</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="B60" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C60" t="s">
         <v>225</v>
       </c>
       <c r="D60" t="s">
         <v>226</v>
       </c>
       <c r="E60" s="2" t="s">
         <v>227</v>
       </c>
       <c r="F60" s="2" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="B61" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C61" t="s">
         <v>229</v>
       </c>
       <c r="D61" t="s">
         <v>230</v>
       </c>
       <c r="E61" s="2" t="s">
         <v>231</v>
       </c>
       <c r="F61" s="2" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="B62" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C62" t="s">
         <v>233</v>
       </c>
       <c r="D62" t="s">
         <v>234</v>
       </c>
       <c r="E62" s="2" t="s">
         <v>235</v>
       </c>
       <c r="F62" s="2" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="B63" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C63" t="s">
         <v>237</v>
       </c>
       <c r="D63" t="s">
         <v>238</v>
       </c>
       <c r="E63" s="2" t="s">
         <v>239</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>240</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="B64" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C64" t="s">
         <v>241</v>
       </c>
       <c r="D64" t="s">
         <v>242</v>
       </c>
       <c r="E64" s="2" t="s">
         <v>243</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>244</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="B65" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C65" t="s">
         <v>245</v>
       </c>
       <c r="D65" t="s">
         <v>246</v>
       </c>
       <c r="E65" s="2" t="s">
         <v>247</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="B66" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C66" t="s">
         <v>249</v>
       </c>
       <c r="D66" t="s">
         <v>250</v>
       </c>
       <c r="E66" s="2" t="s">
         <v>251</v>
       </c>
       <c r="F66" s="2" t="s">
         <v>252</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="B67" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C67" t="s">
         <v>253</v>
       </c>
       <c r="D67" t="s">
         <v>254</v>
       </c>
       <c r="E67" s="2" t="s">
         <v>255</v>
       </c>
       <c r="F67" s="2" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="B68" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C68" t="s">
         <v>257</v>
       </c>
       <c r="D68" t="s">
         <v>258</v>
       </c>
       <c r="E68" s="2" t="s">
         <v>259</v>
       </c>
       <c r="F68" s="2" t="s">
         <v>260</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="B69" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C69" t="s">
         <v>261</v>
       </c>
       <c r="D69" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="E69" s="2" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="B70" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C70" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="D70" t="s">
         <v>265</v>
       </c>
       <c r="E70" s="2" t="s">
         <v>266</v>
       </c>
       <c r="F70" s="2" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="B71" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C71" t="s">
         <v>268</v>
       </c>
       <c r="D71" t="s">
         <v>269</v>
       </c>
       <c r="E71" s="2" t="s">
         <v>270</v>
       </c>
       <c r="F71" s="2" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="B72" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C72" t="s">
         <v>272</v>
       </c>
       <c r="D72" t="s">
         <v>273</v>
       </c>
       <c r="E72" s="2" t="s">
         <v>274</v>
       </c>
       <c r="F72" s="2" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="B73" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C73" t="s">
         <v>276</v>
       </c>
       <c r="D73" t="s">
         <v>277</v>
       </c>
       <c r="E73" s="2" t="s">
         <v>278</v>
       </c>
       <c r="F73" s="2" t="s">
         <v>279</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="B74" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C74" t="s">
         <v>280</v>
       </c>
       <c r="D74" t="s">
         <v>281</v>
       </c>
       <c r="E74" s="2" t="s">
         <v>282</v>
       </c>
       <c r="F74" s="2" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="B75" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C75" t="s">
         <v>284</v>
       </c>
       <c r="D75" t="s">
         <v>285</v>
       </c>
       <c r="E75" s="2" t="s">
         <v>286</v>
       </c>
       <c r="F75" s="2" t="s">
         <v>287</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="B76" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C76" t="s">
         <v>288</v>
       </c>
       <c r="D76" t="s">
         <v>289</v>
       </c>
       <c r="E76" s="2" t="s">
         <v>290</v>
       </c>
       <c r="F76" s="2" t="s">
         <v>291</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="B77" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C77" t="s">
         <v>292</v>
       </c>
       <c r="D77" t="s">
         <v>293</v>
       </c>
       <c r="E77" s="2" t="s">
         <v>294</v>
       </c>
       <c r="F77" s="2" t="s">
         <v>295</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="B78" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C78" t="s">
         <v>296</v>
       </c>
       <c r="D78" t="s">
         <v>297</v>
       </c>
       <c r="E78" s="2" t="s">
         <v>298</v>
       </c>
       <c r="F78" s="2" t="s">
         <v>299</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="B79" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C79" t="s">
         <v>300</v>
       </c>
       <c r="D79" t="s">
         <v>301</v>
       </c>
       <c r="E79" s="2" t="s">
         <v>302</v>
       </c>
       <c r="F79" s="2" t="s">
         <v>303</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="B80" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C80" t="s">
         <v>304</v>
       </c>
       <c r="D80" t="s">
         <v>305</v>
       </c>
       <c r="E80" s="2" t="s">
         <v>306</v>
       </c>
       <c r="F80" s="2" t="s">
         <v>307</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="B81" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="C81" t="s">
         <v>308</v>
       </c>
       <c r="D81" t="s">
         <v>309</v>
       </c>
       <c r="E81" s="2" t="s">
         <v>310</v>
       </c>
       <c r="F81" s="2" t="s">
         <v>311</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" t="s">
+        <v>213</v>
+      </c>
+      <c r="B82" t="s">
+        <v>213</v>
+      </c>
+      <c r="C82" t="s">
         <v>312</v>
       </c>
-      <c r="B82" t="s">
+      <c r="D82" t="s">
         <v>313</v>
       </c>
-      <c r="C82" t="s">
+      <c r="E82" s="2" t="s">
         <v>314</v>
       </c>
-      <c r="D82" t="s">
+      <c r="F82" s="2" t="s">
         <v>315</v>
-      </c>
-[...4 lines deleted...]
-        <v>317</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="B83" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="C83" t="s">
         <v>318</v>
       </c>
       <c r="D83" t="s">
         <v>319</v>
       </c>
       <c r="E83" s="2" t="s">
         <v>320</v>
       </c>
       <c r="F83" s="2" t="s">
         <v>321</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="B84" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="C84" t="s">
         <v>322</v>
       </c>
       <c r="D84" t="s">
         <v>323</v>
       </c>
       <c r="E84" s="2" t="s">
         <v>324</v>
       </c>
       <c r="F84" s="2" t="s">
         <v>325</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="B85" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="C85" t="s">
         <v>326</v>
       </c>
       <c r="D85" t="s">
         <v>327</v>
       </c>
       <c r="E85" s="2" t="s">
         <v>328</v>
       </c>
       <c r="F85" s="2" t="s">
         <v>329</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="B86" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="C86" t="s">
         <v>330</v>
       </c>
       <c r="D86" t="s">
         <v>331</v>
       </c>
       <c r="E86" s="2" t="s">
         <v>332</v>
       </c>
       <c r="F86" s="2" t="s">
         <v>333</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="B87" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="C87" t="s">
         <v>334</v>
       </c>
       <c r="D87" t="s">
         <v>335</v>
       </c>
       <c r="E87" s="2" t="s">
         <v>336</v>
       </c>
       <c r="F87" s="2" t="s">
         <v>337</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="B88" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="C88" t="s">
         <v>338</v>
       </c>
       <c r="D88" t="s">
         <v>339</v>
       </c>
       <c r="E88" s="2" t="s">
         <v>340</v>
       </c>
       <c r="F88" s="2" t="s">
         <v>341</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="B89" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="C89" t="s">
         <v>342</v>
       </c>
       <c r="D89" t="s">
         <v>343</v>
       </c>
       <c r="E89" s="2" t="s">
         <v>344</v>
       </c>
       <c r="F89" s="2" t="s">
         <v>345</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="B90" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="C90" t="s">
         <v>346</v>
       </c>
       <c r="D90" t="s">
         <v>347</v>
       </c>
       <c r="E90" s="2" t="s">
         <v>348</v>
       </c>
       <c r="F90" s="2" t="s">
         <v>349</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="B91" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="C91" t="s">
         <v>350</v>
       </c>
       <c r="D91" t="s">
         <v>351</v>
       </c>
       <c r="E91" s="2" t="s">
         <v>352</v>
       </c>
       <c r="F91" s="2" t="s">
         <v>353</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="B92" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="C92" t="s">
         <v>354</v>
       </c>
       <c r="D92" t="s">
         <v>355</v>
       </c>
       <c r="E92" s="2" t="s">
         <v>356</v>
       </c>
       <c r="F92" s="2" t="s">
         <v>357</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="B93" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="C93" t="s">
         <v>358</v>
       </c>
       <c r="D93" t="s">
         <v>359</v>
       </c>
       <c r="E93" s="2" t="s">
         <v>360</v>
       </c>
       <c r="F93" s="2" t="s">
         <v>361</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="B94" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="C94" t="s">
         <v>362</v>
       </c>
       <c r="D94" t="s">
         <v>363</v>
       </c>
       <c r="E94" s="2" t="s">
         <v>364</v>
       </c>
       <c r="F94" s="2" t="s">
         <v>365</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="B95" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="C95" t="s">
         <v>366</v>
       </c>
       <c r="D95" t="s">
         <v>367</v>
       </c>
       <c r="E95" s="2" t="s">
         <v>368</v>
       </c>
       <c r="F95" s="2" t="s">
         <v>369</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="B96" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="C96" t="s">
         <v>370</v>
       </c>
       <c r="D96" t="s">
         <v>371</v>
       </c>
       <c r="E96" s="2" t="s">
         <v>372</v>
       </c>
       <c r="F96" s="2" t="s">
         <v>373</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="B97" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="C97" t="s">
         <v>374</v>
       </c>
       <c r="D97" t="s">
         <v>375</v>
       </c>
       <c r="E97" s="2" t="s">
         <v>376</v>
       </c>
       <c r="F97" s="2" t="s">
         <v>377</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="B98" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="C98" t="s">
         <v>378</v>
       </c>
       <c r="D98" t="s">
         <v>379</v>
       </c>
       <c r="E98" s="2" t="s">
         <v>380</v>
       </c>
       <c r="F98" s="2" t="s">
         <v>381</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" t="s">
+        <v>316</v>
+      </c>
+      <c r="B99" t="s">
+        <v>317</v>
+      </c>
+      <c r="C99" t="s">
         <v>382</v>
       </c>
-      <c r="B99" t="s">
+      <c r="D99" t="s">
         <v>383</v>
       </c>
-      <c r="C99" t="s">
+      <c r="E99" s="2" t="s">
         <v>384</v>
       </c>
-      <c r="D99" t="s">
+      <c r="F99" s="2" t="s">
         <v>385</v>
-      </c>
-[...4 lines deleted...]
-        <v>387</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" t="s">
-        <v>382</v>
+        <v>386</v>
       </c>
       <c r="B100" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
       <c r="C100" t="s">
         <v>388</v>
       </c>
       <c r="D100" t="s">
         <v>389</v>
       </c>
       <c r="E100" s="2" t="s">
         <v>390</v>
       </c>
       <c r="F100" s="2" t="s">
         <v>391</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" t="s">
-        <v>382</v>
+        <v>386</v>
       </c>
       <c r="B101" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
       <c r="C101" t="s">
         <v>392</v>
       </c>
       <c r="D101" t="s">
         <v>393</v>
       </c>
       <c r="E101" s="2" t="s">
         <v>394</v>
       </c>
       <c r="F101" s="2" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" t="s">
-        <v>382</v>
+        <v>386</v>
       </c>
       <c r="B102" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
       <c r="C102" t="s">
-        <v>342</v>
+        <v>396</v>
       </c>
       <c r="D102" t="s">
-        <v>343</v>
+        <v>397</v>
       </c>
       <c r="E102" s="2" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" t="s">
-        <v>382</v>
+        <v>386</v>
       </c>
       <c r="B103" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
       <c r="C103" t="s">
-        <v>366</v>
+        <v>346</v>
       </c>
       <c r="D103" t="s">
-        <v>367</v>
+        <v>347</v>
       </c>
       <c r="E103" s="2" t="s">
-        <v>368</v>
+        <v>400</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" t="s">
-        <v>399</v>
+        <v>386</v>
       </c>
       <c r="B104" t="s">
-        <v>400</v>
+        <v>387</v>
       </c>
       <c r="C104" t="s">
-        <v>210</v>
+        <v>370</v>
       </c>
       <c r="D104" t="s">
-        <v>210</v>
+        <v>371</v>
       </c>
       <c r="E104" s="2" t="s">
-        <v>401</v>
+        <v>372</v>
       </c>
       <c r="F104" s="2" t="s">
         <v>402</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="B105" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="C105" t="s">
-        <v>403</v>
+        <v>214</v>
       </c>
       <c r="D105" t="s">
-        <v>404</v>
+        <v>214</v>
       </c>
       <c r="E105" s="2" t="s">
         <v>405</v>
       </c>
       <c r="F105" s="2" t="s">
         <v>406</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="B106" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="C106" t="s">
         <v>407</v>
       </c>
       <c r="D106" t="s">
         <v>408</v>
       </c>
       <c r="E106" s="2" t="s">
         <v>409</v>
       </c>
       <c r="F106" s="2" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="B107" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="C107" t="s">
-        <v>221</v>
+        <v>411</v>
       </c>
       <c r="D107" t="s">
-        <v>222</v>
+        <v>412</v>
       </c>
       <c r="E107" s="2" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="B108" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="C108" t="s">
-        <v>413</v>
+        <v>225</v>
       </c>
       <c r="D108" t="s">
-        <v>413</v>
+        <v>226</v>
       </c>
       <c r="E108" s="2" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="B109" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="C109" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="D109" t="s">
         <v>417</v>
       </c>
       <c r="E109" s="2" t="s">
         <v>418</v>
       </c>
       <c r="F109" s="2" t="s">
         <v>419</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="B110" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="C110" t="s">
         <v>420</v>
       </c>
       <c r="D110" t="s">
         <v>421</v>
       </c>
       <c r="E110" s="2" t="s">
         <v>422</v>
       </c>
       <c r="F110" s="2" t="s">
         <v>423</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="B111" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="C111" t="s">
-        <v>229</v>
+        <v>424</v>
       </c>
       <c r="D111" t="s">
-        <v>230</v>
+        <v>425</v>
       </c>
       <c r="E111" s="2" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="F111" s="2" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="B112" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="C112" t="s">
-        <v>426</v>
+        <v>233</v>
       </c>
       <c r="D112" t="s">
-        <v>427</v>
+        <v>234</v>
       </c>
       <c r="E112" s="2" t="s">
         <v>428</v>
       </c>
       <c r="F112" s="2" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="B113" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="C113" t="s">
         <v>430</v>
       </c>
       <c r="D113" t="s">
         <v>431</v>
       </c>
       <c r="E113" s="2" t="s">
         <v>432</v>
       </c>
       <c r="F113" s="2" t="s">
         <v>433</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="B114" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="C114" t="s">
         <v>434</v>
       </c>
       <c r="D114" t="s">
         <v>435</v>
       </c>
       <c r="E114" s="2" t="s">
         <v>436</v>
       </c>
       <c r="F114" s="2" t="s">
         <v>437</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="B115" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="C115" t="s">
         <v>438</v>
       </c>
       <c r="D115" t="s">
         <v>439</v>
       </c>
       <c r="E115" s="2" t="s">
         <v>440</v>
       </c>
       <c r="F115" s="2" t="s">
         <v>441</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="B116" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="C116" t="s">
         <v>442</v>
       </c>
       <c r="D116" t="s">
         <v>443</v>
       </c>
       <c r="E116" s="2" t="s">
         <v>444</v>
       </c>
       <c r="F116" s="2" t="s">
         <v>445</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="B117" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="C117" t="s">
         <v>446</v>
       </c>
       <c r="D117" t="s">
         <v>447</v>
       </c>
       <c r="E117" s="2" t="s">
         <v>448</v>
       </c>
       <c r="F117" s="2" t="s">
         <v>449</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="B118" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="C118" t="s">
         <v>450</v>
       </c>
       <c r="D118" t="s">
         <v>451</v>
       </c>
       <c r="E118" s="2" t="s">
         <v>452</v>
       </c>
       <c r="F118" s="2" t="s">
         <v>453</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="B119" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="C119" t="s">
         <v>454</v>
       </c>
       <c r="D119" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="E119" s="2" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="F119" s="2" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="B120" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="C120" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="D120" t="s">
         <v>458</v>
       </c>
       <c r="E120" s="2" t="s">
         <v>459</v>
       </c>
       <c r="F120" s="2" t="s">
         <v>460</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="B121" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="C121" t="s">
-        <v>292</v>
+        <v>461</v>
       </c>
       <c r="D121" t="s">
-        <v>293</v>
+        <v>462</v>
       </c>
       <c r="E121" s="2" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="F121" s="2" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="B122" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="C122" t="s">
-        <v>463</v>
+        <v>296</v>
       </c>
       <c r="D122" t="s">
-        <v>464</v>
+        <v>297</v>
       </c>
       <c r="E122" s="2" t="s">
         <v>465</v>
       </c>
       <c r="F122" s="2" t="s">
         <v>466</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="B123" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="C123" t="s">
         <v>467</v>
       </c>
       <c r="D123" t="s">
         <v>468</v>
       </c>
       <c r="E123" s="2" t="s">
         <v>469</v>
       </c>
       <c r="F123" s="2" t="s">
         <v>470</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="B124" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="C124" t="s">
         <v>471</v>
       </c>
       <c r="D124" t="s">
         <v>472</v>
       </c>
       <c r="E124" s="2" t="s">
         <v>473</v>
       </c>
       <c r="F124" s="2" t="s">
         <v>474</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="B125" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="C125" t="s">
         <v>475</v>
       </c>
       <c r="D125" t="s">
         <v>476</v>
       </c>
       <c r="E125" s="2" t="s">
         <v>477</v>
       </c>
       <c r="F125" s="2" t="s">
         <v>478</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="B126" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="C126" t="s">
         <v>479</v>
       </c>
       <c r="D126" t="s">
         <v>480</v>
       </c>
       <c r="E126" s="2" t="s">
         <v>481</v>
       </c>
       <c r="F126" s="2" t="s">
         <v>482</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="B127" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="C127" t="s">
         <v>483</v>
       </c>
       <c r="D127" t="s">
         <v>484</v>
       </c>
       <c r="E127" s="2" t="s">
         <v>485</v>
       </c>
       <c r="F127" s="2" t="s">
         <v>486</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="B128" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="C128" t="s">
         <v>487</v>
       </c>
       <c r="D128" t="s">
         <v>488</v>
       </c>
       <c r="E128" s="2" t="s">
         <v>489</v>
       </c>
       <c r="F128" s="2" t="s">
         <v>490</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="B129" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="C129" t="s">
         <v>491</v>
       </c>
       <c r="D129" t="s">
         <v>492</v>
       </c>
       <c r="E129" s="2" t="s">
         <v>493</v>
       </c>
       <c r="F129" s="2" t="s">
         <v>494</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="B130" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="C130" t="s">
         <v>495</v>
       </c>
       <c r="D130" t="s">
         <v>496</v>
       </c>
       <c r="E130" s="2" t="s">
         <v>497</v>
       </c>
       <c r="F130" s="2" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="B131" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="C131" t="s">
         <v>499</v>
       </c>
       <c r="D131" t="s">
         <v>500</v>
       </c>
       <c r="E131" s="2" t="s">
         <v>501</v>
       </c>
       <c r="F131" s="2" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="B132" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="C132" t="s">
         <v>503</v>
       </c>
       <c r="D132" t="s">
         <v>504</v>
       </c>
       <c r="E132" s="2" t="s">
         <v>505</v>
       </c>
       <c r="F132" s="2" t="s">
         <v>506</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="B133" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="C133" t="s">
         <v>507</v>
       </c>
       <c r="D133" t="s">
         <v>508</v>
       </c>
       <c r="E133" s="2" t="s">
         <v>509</v>
       </c>
       <c r="F133" s="2" t="s">
         <v>510</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="B134" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="C134" t="s">
         <v>511</v>
       </c>
       <c r="D134" t="s">
         <v>512</v>
       </c>
       <c r="E134" s="2" t="s">
         <v>513</v>
       </c>
       <c r="F134" s="2" t="s">
         <v>514</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="B135" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="C135" t="s">
         <v>515</v>
       </c>
       <c r="D135" t="s">
         <v>516</v>
       </c>
       <c r="E135" s="2" t="s">
         <v>517</v>
       </c>
       <c r="F135" s="2" t="s">
         <v>518</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" t="s">
+        <v>403</v>
+      </c>
+      <c r="B136" t="s">
+        <v>404</v>
+      </c>
+      <c r="C136" t="s">
         <v>519</v>
       </c>
-      <c r="B136" t="s">
+      <c r="D136" t="s">
         <v>520</v>
       </c>
-      <c r="C136" t="s">
+      <c r="E136" s="2" t="s">
         <v>521</v>
       </c>
-      <c r="D136" t="s">
+      <c r="F136" s="2" t="s">
         <v>522</v>
-      </c>
-[...4 lines deleted...]
-        <v>524</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" t="s">
-        <v>519</v>
+        <v>523</v>
       </c>
       <c r="B137" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="C137" t="s">
         <v>525</v>
       </c>
       <c r="D137" t="s">
         <v>526</v>
       </c>
       <c r="E137" s="2" t="s">
         <v>527</v>
       </c>
       <c r="F137" s="2" t="s">
         <v>528</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" t="s">
-        <v>519</v>
+        <v>523</v>
       </c>
       <c r="B138" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="C138" t="s">
         <v>529</v>
       </c>
       <c r="D138" t="s">
         <v>530</v>
       </c>
       <c r="E138" s="2" t="s">
         <v>531</v>
       </c>
       <c r="F138" s="2" t="s">
         <v>532</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" t="s">
-        <v>519</v>
+        <v>523</v>
       </c>
       <c r="B139" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="C139" t="s">
         <v>533</v>
       </c>
       <c r="D139" t="s">
         <v>534</v>
       </c>
       <c r="E139" s="2" t="s">
         <v>535</v>
       </c>
       <c r="F139" s="2" t="s">
         <v>536</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" t="s">
-        <v>519</v>
+        <v>523</v>
       </c>
       <c r="B140" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="C140" t="s">
         <v>537</v>
       </c>
       <c r="D140" t="s">
         <v>538</v>
       </c>
       <c r="E140" s="2" t="s">
         <v>539</v>
       </c>
       <c r="F140" s="2" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" t="s">
-        <v>519</v>
+        <v>523</v>
       </c>
       <c r="B141" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="C141" t="s">
         <v>541</v>
       </c>
       <c r="D141" t="s">
         <v>542</v>
       </c>
       <c r="E141" s="2" t="s">
         <v>543</v>
       </c>
       <c r="F141" s="2" t="s">
         <v>544</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" t="s">
-        <v>519</v>
+        <v>523</v>
       </c>
       <c r="B142" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="C142" t="s">
         <v>545</v>
       </c>
       <c r="D142" t="s">
         <v>546</v>
       </c>
       <c r="E142" s="2" t="s">
         <v>547</v>
       </c>
       <c r="F142" s="2" t="s">
         <v>548</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" t="s">
-        <v>519</v>
+        <v>523</v>
       </c>
       <c r="B143" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="C143" t="s">
         <v>549</v>
       </c>
       <c r="D143" t="s">
         <v>550</v>
       </c>
       <c r="E143" s="2" t="s">
         <v>551</v>
       </c>
       <c r="F143" s="2" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" t="s">
-        <v>519</v>
+        <v>523</v>
       </c>
       <c r="B144" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="C144" t="s">
         <v>553</v>
       </c>
       <c r="D144" t="s">
         <v>554</v>
       </c>
       <c r="E144" s="2" t="s">
         <v>555</v>
       </c>
       <c r="F144" s="2" t="s">
         <v>556</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" t="s">
-        <v>519</v>
+        <v>523</v>
       </c>
       <c r="B145" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="C145" t="s">
         <v>557</v>
       </c>
       <c r="D145" t="s">
         <v>558</v>
       </c>
       <c r="E145" s="2" t="s">
         <v>559</v>
       </c>
       <c r="F145" s="2" t="s">
         <v>560</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" t="s">
-        <v>519</v>
+        <v>523</v>
       </c>
       <c r="B146" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="C146" t="s">
         <v>561</v>
       </c>
       <c r="D146" t="s">
         <v>562</v>
       </c>
       <c r="E146" s="2" t="s">
         <v>563</v>
       </c>
       <c r="F146" s="2" t="s">
         <v>564</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" t="s">
-        <v>519</v>
+        <v>523</v>
       </c>
       <c r="B147" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="C147" t="s">
         <v>565</v>
       </c>
       <c r="D147" t="s">
         <v>566</v>
       </c>
       <c r="E147" s="2" t="s">
         <v>567</v>
       </c>
       <c r="F147" s="2" t="s">
         <v>568</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" t="s">
-        <v>519</v>
+        <v>523</v>
       </c>
       <c r="B148" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="C148" t="s">
-        <v>330</v>
+        <v>569</v>
       </c>
       <c r="D148" t="s">
-        <v>331</v>
+        <v>570</v>
       </c>
       <c r="E148" s="2" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="F148" s="2" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" t="s">
-        <v>519</v>
+        <v>523</v>
       </c>
       <c r="B149" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="C149" t="s">
-        <v>571</v>
+        <v>334</v>
       </c>
       <c r="D149" t="s">
-        <v>572</v>
+        <v>335</v>
       </c>
       <c r="E149" s="2" t="s">
         <v>573</v>
       </c>
       <c r="F149" s="2" t="s">
         <v>574</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" t="s">
-        <v>519</v>
+        <v>523</v>
       </c>
       <c r="B150" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="C150" t="s">
         <v>575</v>
       </c>
       <c r="D150" t="s">
         <v>576</v>
       </c>
       <c r="E150" s="2" t="s">
         <v>577</v>
       </c>
       <c r="F150" s="2" t="s">
         <v>578</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" t="s">
-        <v>519</v>
+        <v>523</v>
       </c>
       <c r="B151" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="C151" t="s">
         <v>579</v>
       </c>
       <c r="D151" t="s">
         <v>580</v>
       </c>
       <c r="E151" s="2" t="s">
         <v>581</v>
       </c>
       <c r="F151" s="2" t="s">
         <v>582</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" t="s">
-        <v>519</v>
+        <v>523</v>
       </c>
       <c r="B152" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="C152" t="s">
         <v>583</v>
       </c>
       <c r="D152" t="s">
         <v>584</v>
       </c>
       <c r="E152" s="2" t="s">
         <v>585</v>
       </c>
       <c r="F152" s="2" t="s">
         <v>586</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" t="s">
-        <v>519</v>
+        <v>523</v>
       </c>
       <c r="B153" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="C153" t="s">
         <v>587</v>
       </c>
       <c r="D153" t="s">
         <v>588</v>
       </c>
       <c r="E153" s="2" t="s">
         <v>589</v>
       </c>
       <c r="F153" s="2" t="s">
         <v>590</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" t="s">
-        <v>519</v>
+        <v>523</v>
       </c>
       <c r="B154" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="C154" t="s">
         <v>591</v>
       </c>
       <c r="D154" t="s">
         <v>592</v>
       </c>
       <c r="E154" s="2" t="s">
         <v>593</v>
       </c>
       <c r="F154" s="2" t="s">
         <v>594</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" t="s">
-        <v>519</v>
+        <v>523</v>
       </c>
       <c r="B155" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="C155" t="s">
         <v>595</v>
       </c>
       <c r="D155" t="s">
         <v>596</v>
       </c>
       <c r="E155" s="2" t="s">
         <v>597</v>
       </c>
       <c r="F155" s="2" t="s">
         <v>598</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156" t="s">
-        <v>519</v>
+        <v>523</v>
       </c>
       <c r="B156" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="C156" t="s">
         <v>599</v>
       </c>
       <c r="D156" t="s">
         <v>600</v>
       </c>
       <c r="E156" s="2" t="s">
         <v>601</v>
       </c>
       <c r="F156" s="2" t="s">
         <v>602</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157" t="s">
-        <v>519</v>
+        <v>523</v>
       </c>
       <c r="B157" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="C157" t="s">
         <v>603</v>
       </c>
       <c r="D157" t="s">
         <v>604</v>
       </c>
       <c r="E157" s="2" t="s">
         <v>605</v>
       </c>
       <c r="F157" s="2" t="s">
         <v>606</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158" t="s">
-        <v>519</v>
+        <v>523</v>
       </c>
       <c r="B158" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="C158" t="s">
         <v>607</v>
       </c>
       <c r="D158" t="s">
         <v>608</v>
       </c>
       <c r="E158" s="2" t="s">
         <v>609</v>
       </c>
       <c r="F158" s="2" t="s">
         <v>610</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159" t="s">
-        <v>519</v>
+        <v>523</v>
       </c>
       <c r="B159" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="C159" t="s">
         <v>611</v>
       </c>
       <c r="D159" t="s">
         <v>612</v>
       </c>
       <c r="E159" s="2" t="s">
         <v>613</v>
       </c>
       <c r="F159" s="2" t="s">
         <v>614</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160" t="s">
-        <v>519</v>
+        <v>523</v>
       </c>
       <c r="B160" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="C160" t="s">
         <v>615</v>
       </c>
       <c r="D160" t="s">
         <v>616</v>
       </c>
       <c r="E160" s="2" t="s">
         <v>617</v>
       </c>
       <c r="F160" s="2" t="s">
         <v>618</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161" t="s">
-        <v>519</v>
+        <v>523</v>
       </c>
       <c r="B161" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="C161" t="s">
         <v>619</v>
       </c>
       <c r="D161" t="s">
         <v>620</v>
       </c>
       <c r="E161" s="2" t="s">
         <v>621</v>
       </c>
       <c r="F161" s="2" t="s">
         <v>622</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="A162" t="s">
-        <v>519</v>
+        <v>523</v>
       </c>
       <c r="B162" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="C162" t="s">
         <v>623</v>
       </c>
       <c r="D162" t="s">
         <v>624</v>
       </c>
       <c r="E162" s="2" t="s">
         <v>625</v>
       </c>
       <c r="F162" s="2" t="s">
         <v>626</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="A163" t="s">
-        <v>519</v>
+        <v>523</v>
       </c>
       <c r="B163" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="C163" t="s">
         <v>627</v>
       </c>
       <c r="D163" t="s">
         <v>628</v>
       </c>
       <c r="E163" s="2" t="s">
         <v>629</v>
       </c>
       <c r="F163" s="2" t="s">
         <v>630</v>
       </c>
     </row>
     <row r="164" spans="1:6">
       <c r="A164" t="s">
-        <v>519</v>
+        <v>523</v>
       </c>
       <c r="B164" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="C164" t="s">
         <v>631</v>
       </c>
       <c r="D164" t="s">
         <v>632</v>
       </c>
       <c r="E164" s="2" t="s">
         <v>633</v>
       </c>
       <c r="F164" s="2" t="s">
         <v>634</v>
       </c>
     </row>
     <row r="165" spans="1:6">
       <c r="A165" t="s">
-        <v>519</v>
+        <v>523</v>
       </c>
       <c r="B165" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="C165" t="s">
         <v>635</v>
       </c>
       <c r="D165" t="s">
         <v>636</v>
       </c>
       <c r="E165" s="2" t="s">
         <v>637</v>
       </c>
       <c r="F165" s="2" t="s">
         <v>638</v>
       </c>
     </row>
     <row r="166" spans="1:6">
       <c r="A166" t="s">
-        <v>519</v>
+        <v>523</v>
       </c>
       <c r="B166" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="C166" t="s">
         <v>639</v>
       </c>
       <c r="D166" t="s">
         <v>640</v>
       </c>
       <c r="E166" s="2" t="s">
         <v>641</v>
       </c>
       <c r="F166" s="2" t="s">
         <v>642</v>
       </c>
     </row>
     <row r="167" spans="1:6">
       <c r="A167" t="s">
-        <v>519</v>
+        <v>523</v>
       </c>
       <c r="B167" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="C167" t="s">
         <v>643</v>
       </c>
       <c r="D167" t="s">
         <v>644</v>
       </c>
       <c r="E167" s="2" t="s">
         <v>645</v>
       </c>
       <c r="F167" s="2" t="s">
         <v>646</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="A168" t="s">
-        <v>519</v>
+        <v>523</v>
       </c>
       <c r="B168" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="C168" t="s">
         <v>647</v>
       </c>
       <c r="D168" t="s">
         <v>648</v>
       </c>
       <c r="E168" s="2" t="s">
         <v>649</v>
       </c>
       <c r="F168" s="2" t="s">
         <v>650</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="A169" t="s">
-        <v>519</v>
+        <v>523</v>
       </c>
       <c r="B169" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="C169" t="s">
         <v>651</v>
       </c>
       <c r="D169" t="s">
         <v>652</v>
       </c>
       <c r="E169" s="2" t="s">
         <v>653</v>
       </c>
       <c r="F169" s="2" t="s">
         <v>654</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="A170" t="s">
-        <v>519</v>
+        <v>523</v>
       </c>
       <c r="B170" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="C170" t="s">
         <v>655</v>
       </c>
       <c r="D170" t="s">
         <v>656</v>
       </c>
       <c r="E170" s="2" t="s">
         <v>657</v>
       </c>
       <c r="F170" s="2" t="s">
         <v>658</v>
       </c>
     </row>
     <row r="171" spans="1:6">
       <c r="A171" t="s">
-        <v>519</v>
+        <v>523</v>
       </c>
       <c r="B171" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="C171" t="s">
         <v>659</v>
       </c>
       <c r="D171" t="s">
         <v>660</v>
       </c>
       <c r="E171" s="2" t="s">
         <v>661</v>
       </c>
       <c r="F171" s="2" t="s">
         <v>662</v>
       </c>
     </row>
     <row r="172" spans="1:6">
       <c r="A172" t="s">
-        <v>519</v>
+        <v>523</v>
       </c>
       <c r="B172" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="C172" t="s">
         <v>663</v>
       </c>
       <c r="D172" t="s">
         <v>664</v>
       </c>
       <c r="E172" s="2" t="s">
         <v>665</v>
       </c>
       <c r="F172" s="2" t="s">
         <v>666</v>
       </c>
     </row>
     <row r="173" spans="1:6">
       <c r="A173" t="s">
-        <v>519</v>
+        <v>523</v>
       </c>
       <c r="B173" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="C173" t="s">
         <v>667</v>
       </c>
       <c r="D173" t="s">
         <v>668</v>
       </c>
       <c r="E173" s="2" t="s">
         <v>669</v>
       </c>
       <c r="F173" s="2" t="s">
         <v>670</v>
       </c>
     </row>
     <row r="174" spans="1:6">
       <c r="A174" t="s">
-        <v>519</v>
+        <v>523</v>
       </c>
       <c r="B174" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="C174" t="s">
         <v>671</v>
       </c>
       <c r="D174" t="s">
         <v>672</v>
       </c>
       <c r="E174" s="2" t="s">
         <v>673</v>
       </c>
       <c r="F174" s="2" t="s">
         <v>674</v>
       </c>
     </row>
     <row r="175" spans="1:6">
       <c r="A175" t="s">
-        <v>519</v>
+        <v>523</v>
       </c>
       <c r="B175" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="C175" t="s">
         <v>675</v>
       </c>
       <c r="D175" t="s">
         <v>676</v>
       </c>
       <c r="E175" s="2" t="s">
         <v>677</v>
       </c>
       <c r="F175" s="2" t="s">
         <v>678</v>
       </c>
     </row>
     <row r="176" spans="1:6">
       <c r="A176" t="s">
-        <v>519</v>
+        <v>523</v>
       </c>
       <c r="B176" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="C176" t="s">
         <v>679</v>
       </c>
       <c r="D176" t="s">
         <v>680</v>
       </c>
       <c r="E176" s="2" t="s">
         <v>681</v>
       </c>
       <c r="F176" s="2" t="s">
         <v>682</v>
       </c>
     </row>
     <row r="177" spans="1:6">
       <c r="A177" t="s">
+        <v>523</v>
+      </c>
+      <c r="B177" t="s">
+        <v>524</v>
+      </c>
+      <c r="C177" t="s">
         <v>683</v>
       </c>
-      <c r="B177" t="s">
+      <c r="D177" t="s">
         <v>684</v>
       </c>
-      <c r="C177" t="s">
+      <c r="E177" s="2" t="s">
         <v>685</v>
       </c>
-      <c r="D177" t="s">
+      <c r="F177" s="2" t="s">
         <v>686</v>
-      </c>
-[...4 lines deleted...]
-        <v>688</v>
       </c>
     </row>
     <row r="178" spans="1:6">
       <c r="A178" t="s">
-        <v>683</v>
+        <v>687</v>
       </c>
       <c r="B178" t="s">
-        <v>684</v>
+        <v>688</v>
       </c>
       <c r="C178" t="s">
-        <v>22</v>
+        <v>689</v>
       </c>
       <c r="D178" t="s">
-        <v>23</v>
+        <v>690</v>
       </c>
       <c r="E178" s="2" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="F178" s="2" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
     </row>
     <row r="179" spans="1:6">
       <c r="A179" t="s">
-        <v>683</v>
+        <v>687</v>
       </c>
       <c r="B179" t="s">
-        <v>684</v>
+        <v>688</v>
       </c>
       <c r="C179" t="s">
-        <v>691</v>
+        <v>22</v>
       </c>
       <c r="D179" t="s">
-        <v>692</v>
+        <v>23</v>
       </c>
       <c r="E179" s="2" t="s">
         <v>693</v>
       </c>
       <c r="F179" s="2" t="s">
         <v>694</v>
       </c>
     </row>
     <row r="180" spans="1:6">
       <c r="A180" t="s">
-        <v>683</v>
+        <v>687</v>
       </c>
       <c r="B180" t="s">
-        <v>684</v>
+        <v>688</v>
       </c>
       <c r="C180" t="s">
         <v>695</v>
       </c>
       <c r="D180" t="s">
         <v>696</v>
       </c>
       <c r="E180" s="2" t="s">
         <v>697</v>
       </c>
       <c r="F180" s="2" t="s">
         <v>698</v>
       </c>
     </row>
     <row r="181" spans="1:6">
       <c r="A181" t="s">
-        <v>683</v>
+        <v>687</v>
       </c>
       <c r="B181" t="s">
-        <v>684</v>
+        <v>688</v>
       </c>
       <c r="C181" t="s">
         <v>699</v>
       </c>
       <c r="D181" t="s">
         <v>700</v>
       </c>
       <c r="E181" s="2" t="s">
         <v>701</v>
       </c>
       <c r="F181" s="2" t="s">
         <v>702</v>
       </c>
     </row>
     <row r="182" spans="1:6">
       <c r="A182" t="s">
+        <v>687</v>
+      </c>
+      <c r="B182" t="s">
+        <v>688</v>
+      </c>
+      <c r="C182" t="s">
         <v>703</v>
       </c>
-      <c r="B182" t="s">
+      <c r="D182" t="s">
         <v>704</v>
       </c>
-      <c r="C182" t="s">
+      <c r="E182" s="2" t="s">
         <v>705</v>
       </c>
-      <c r="D182" t="s">
+      <c r="F182" s="2" t="s">
         <v>706</v>
-      </c>
-[...4 lines deleted...]
-        <v>708</v>
       </c>
     </row>
     <row r="183" spans="1:6">
       <c r="A183" t="s">
-        <v>703</v>
+        <v>707</v>
       </c>
       <c r="B183" t="s">
-        <v>704</v>
+        <v>708</v>
       </c>
       <c r="C183" t="s">
         <v>709</v>
       </c>
       <c r="D183" t="s">
         <v>710</v>
       </c>
       <c r="E183" s="2" t="s">
         <v>711</v>
       </c>
       <c r="F183" s="2" t="s">
         <v>712</v>
       </c>
     </row>
     <row r="184" spans="1:6">
       <c r="A184" t="s">
-        <v>703</v>
+        <v>707</v>
       </c>
       <c r="B184" t="s">
-        <v>704</v>
+        <v>708</v>
       </c>
       <c r="C184" t="s">
         <v>713</v>
       </c>
       <c r="D184" t="s">
         <v>714</v>
       </c>
       <c r="E184" s="2" t="s">
         <v>715</v>
       </c>
       <c r="F184" s="2" t="s">
         <v>716</v>
       </c>
     </row>
     <row r="185" spans="1:6">
       <c r="A185" t="s">
-        <v>703</v>
+        <v>707</v>
       </c>
       <c r="B185" t="s">
-        <v>704</v>
+        <v>708</v>
       </c>
       <c r="C185" t="s">
         <v>717</v>
       </c>
       <c r="D185" t="s">
         <v>718</v>
       </c>
       <c r="E185" s="2" t="s">
         <v>719</v>
       </c>
       <c r="F185" s="2" t="s">
         <v>720</v>
       </c>
     </row>
     <row r="186" spans="1:6">
       <c r="A186" t="s">
-        <v>703</v>
+        <v>707</v>
       </c>
       <c r="B186" t="s">
-        <v>704</v>
+        <v>708</v>
       </c>
       <c r="C186" t="s">
         <v>721</v>
       </c>
       <c r="D186" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="E186" s="2" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="F186" s="2" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
     </row>
     <row r="187" spans="1:6">
       <c r="A187" t="s">
-        <v>703</v>
+        <v>707</v>
       </c>
       <c r="B187" t="s">
-        <v>704</v>
+        <v>708</v>
       </c>
       <c r="C187" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="D187" t="s">
         <v>725</v>
       </c>
       <c r="E187" s="2" t="s">
         <v>726</v>
       </c>
       <c r="F187" s="2" t="s">
         <v>727</v>
       </c>
     </row>
     <row r="188" spans="1:6">
       <c r="A188" t="s">
-        <v>703</v>
+        <v>707</v>
       </c>
       <c r="B188" t="s">
-        <v>704</v>
+        <v>708</v>
       </c>
       <c r="C188" t="s">
-        <v>229</v>
+        <v>728</v>
       </c>
       <c r="D188" t="s">
-        <v>230</v>
+        <v>729</v>
       </c>
       <c r="E188" s="2" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
       <c r="F188" s="2" t="s">
-        <v>729</v>
+        <v>731</v>
       </c>
     </row>
     <row r="189" spans="1:6">
       <c r="A189" t="s">
-        <v>703</v>
+        <v>707</v>
       </c>
       <c r="B189" t="s">
-        <v>704</v>
+        <v>708</v>
       </c>
       <c r="C189" t="s">
-        <v>730</v>
+        <v>233</v>
       </c>
       <c r="D189" t="s">
-        <v>731</v>
+        <v>234</v>
       </c>
       <c r="E189" s="2" t="s">
         <v>732</v>
       </c>
       <c r="F189" s="2" t="s">
         <v>733</v>
       </c>
     </row>
     <row r="190" spans="1:6">
       <c r="A190" t="s">
-        <v>703</v>
+        <v>707</v>
       </c>
       <c r="B190" t="s">
-        <v>704</v>
+        <v>708</v>
       </c>
       <c r="C190" t="s">
         <v>734</v>
       </c>
       <c r="D190" t="s">
         <v>735</v>
       </c>
       <c r="E190" s="2" t="s">
         <v>736</v>
       </c>
       <c r="F190" s="2" t="s">
         <v>737</v>
       </c>
     </row>
     <row r="191" spans="1:6">
       <c r="A191" t="s">
-        <v>703</v>
+        <v>707</v>
       </c>
       <c r="B191" t="s">
-        <v>704</v>
+        <v>708</v>
       </c>
       <c r="C191" t="s">
         <v>738</v>
       </c>
       <c r="D191" t="s">
         <v>739</v>
       </c>
       <c r="E191" s="2" t="s">
         <v>740</v>
       </c>
       <c r="F191" s="2" t="s">
         <v>741</v>
       </c>
     </row>
     <row r="192" spans="1:6">
       <c r="A192" t="s">
-        <v>703</v>
+        <v>707</v>
       </c>
       <c r="B192" t="s">
-        <v>704</v>
+        <v>708</v>
       </c>
       <c r="C192" t="s">
         <v>742</v>
       </c>
       <c r="D192" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="E192" s="2" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="F192" s="2" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
     </row>
     <row r="193" spans="1:6">
       <c r="A193" t="s">
-        <v>703</v>
+        <v>707</v>
       </c>
       <c r="B193" t="s">
-        <v>704</v>
+        <v>708</v>
       </c>
       <c r="C193" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="D193" t="s">
         <v>746</v>
       </c>
       <c r="E193" s="2" t="s">
         <v>747</v>
       </c>
       <c r="F193" s="2" t="s">
         <v>748</v>
       </c>
     </row>
     <row r="194" spans="1:6">
       <c r="A194" t="s">
-        <v>703</v>
+        <v>707</v>
       </c>
       <c r="B194" t="s">
-        <v>704</v>
+        <v>708</v>
       </c>
       <c r="C194" t="s">
         <v>749</v>
       </c>
       <c r="D194" t="s">
         <v>750</v>
       </c>
       <c r="E194" s="2" t="s">
         <v>751</v>
       </c>
       <c r="F194" s="2" t="s">
         <v>752</v>
       </c>
     </row>
     <row r="195" spans="1:6">
       <c r="A195" t="s">
-        <v>703</v>
+        <v>707</v>
       </c>
       <c r="B195" t="s">
-        <v>704</v>
+        <v>708</v>
       </c>
       <c r="C195" t="s">
         <v>753</v>
       </c>
       <c r="D195" t="s">
         <v>754</v>
       </c>
       <c r="E195" s="2" t="s">
         <v>755</v>
       </c>
       <c r="F195" s="2" t="s">
         <v>756</v>
       </c>
     </row>
     <row r="196" spans="1:6">
       <c r="A196" t="s">
-        <v>703</v>
+        <v>707</v>
       </c>
       <c r="B196" t="s">
-        <v>704</v>
+        <v>708</v>
       </c>
       <c r="C196" t="s">
         <v>757</v>
       </c>
       <c r="D196" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="E196" s="2" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="F196" s="2" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
     </row>
     <row r="197" spans="1:6">
       <c r="A197" t="s">
-        <v>703</v>
+        <v>707</v>
       </c>
       <c r="B197" t="s">
-        <v>704</v>
+        <v>708</v>
       </c>
       <c r="C197" t="s">
-        <v>257</v>
+        <v>761</v>
       </c>
       <c r="D197" t="s">
-        <v>258</v>
+        <v>761</v>
       </c>
       <c r="E197" s="2" t="s">
-        <v>760</v>
+        <v>762</v>
       </c>
       <c r="F197" s="2" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
     </row>
     <row r="198" spans="1:6">
       <c r="A198" t="s">
-        <v>703</v>
+        <v>707</v>
       </c>
       <c r="B198" t="s">
-        <v>704</v>
+        <v>708</v>
       </c>
       <c r="C198" t="s">
-        <v>762</v>
+        <v>261</v>
       </c>
       <c r="D198" t="s">
-        <v>763</v>
+        <v>262</v>
       </c>
       <c r="E198" s="2" t="s">
         <v>764</v>
       </c>
       <c r="F198" s="2" t="s">
         <v>765</v>
       </c>
     </row>
     <row r="199" spans="1:6">
       <c r="A199" t="s">
-        <v>703</v>
+        <v>707</v>
       </c>
       <c r="B199" t="s">
-        <v>704</v>
+        <v>708</v>
       </c>
       <c r="C199" t="s">
-        <v>261</v>
+        <v>766</v>
       </c>
       <c r="D199" t="s">
-        <v>261</v>
+        <v>767</v>
       </c>
       <c r="E199" s="2" t="s">
-        <v>766</v>
+        <v>768</v>
       </c>
       <c r="F199" s="2" t="s">
-        <v>767</v>
+        <v>769</v>
       </c>
     </row>
     <row r="200" spans="1:6">
       <c r="A200" t="s">
-        <v>703</v>
+        <v>707</v>
       </c>
       <c r="B200" t="s">
-        <v>704</v>
+        <v>708</v>
       </c>
       <c r="C200" t="s">
-        <v>768</v>
+        <v>265</v>
       </c>
       <c r="D200" t="s">
-        <v>769</v>
+        <v>265</v>
       </c>
       <c r="E200" s="2" t="s">
         <v>770</v>
       </c>
       <c r="F200" s="2" t="s">
         <v>771</v>
       </c>
     </row>
     <row r="201" spans="1:6">
       <c r="A201" t="s">
-        <v>703</v>
+        <v>707</v>
       </c>
       <c r="B201" t="s">
-        <v>704</v>
+        <v>708</v>
       </c>
       <c r="C201" t="s">
         <v>772</v>
       </c>
       <c r="D201" t="s">
         <v>773</v>
       </c>
       <c r="E201" s="2" t="s">
         <v>774</v>
       </c>
       <c r="F201" s="2" t="s">
         <v>775</v>
       </c>
     </row>
     <row r="202" spans="1:6">
       <c r="A202" t="s">
-        <v>703</v>
+        <v>707</v>
       </c>
       <c r="B202" t="s">
-        <v>704</v>
+        <v>708</v>
       </c>
       <c r="C202" t="s">
         <v>776</v>
       </c>
       <c r="D202" t="s">
         <v>777</v>
       </c>
       <c r="E202" s="2" t="s">
         <v>778</v>
       </c>
       <c r="F202" s="2" t="s">
         <v>779</v>
       </c>
     </row>
     <row r="203" spans="1:6">
       <c r="A203" t="s">
-        <v>703</v>
+        <v>707</v>
       </c>
       <c r="B203" t="s">
-        <v>704</v>
+        <v>708</v>
       </c>
       <c r="C203" t="s">
         <v>780</v>
       </c>
       <c r="D203" t="s">
         <v>781</v>
       </c>
       <c r="E203" s="2" t="s">
         <v>782</v>
       </c>
       <c r="F203" s="2" t="s">
         <v>783</v>
       </c>
     </row>
     <row r="204" spans="1:6">
       <c r="A204" t="s">
-        <v>703</v>
+        <v>707</v>
       </c>
       <c r="B204" t="s">
-        <v>704</v>
+        <v>708</v>
       </c>
       <c r="C204" t="s">
         <v>784</v>
       </c>
       <c r="D204" t="s">
         <v>785</v>
       </c>
       <c r="E204" s="2" t="s">
         <v>786</v>
       </c>
       <c r="F204" s="2" t="s">
         <v>787</v>
       </c>
     </row>
     <row r="205" spans="1:6">
       <c r="A205" t="s">
-        <v>703</v>
+        <v>707</v>
       </c>
       <c r="B205" t="s">
-        <v>704</v>
+        <v>708</v>
       </c>
       <c r="C205" t="s">
         <v>788</v>
       </c>
       <c r="D205" t="s">
         <v>789</v>
       </c>
       <c r="E205" s="2" t="s">
         <v>790</v>
       </c>
       <c r="F205" s="2" t="s">
         <v>791</v>
       </c>
     </row>
     <row r="206" spans="1:6">
       <c r="A206" t="s">
-        <v>703</v>
+        <v>707</v>
       </c>
       <c r="B206" t="s">
-        <v>704</v>
+        <v>708</v>
       </c>
       <c r="C206" t="s">
         <v>792</v>
       </c>
       <c r="D206" t="s">
         <v>793</v>
       </c>
       <c r="E206" s="2" t="s">
         <v>794</v>
       </c>
       <c r="F206" s="2" t="s">
         <v>795</v>
       </c>
     </row>
     <row r="207" spans="1:6">
       <c r="A207" t="s">
-        <v>703</v>
+        <v>707</v>
       </c>
       <c r="B207" t="s">
-        <v>704</v>
+        <v>708</v>
       </c>
       <c r="C207" t="s">
         <v>796</v>
       </c>
       <c r="D207" t="s">
         <v>797</v>
       </c>
       <c r="E207" s="2" t="s">
         <v>798</v>
       </c>
       <c r="F207" s="2" t="s">
         <v>799</v>
       </c>
     </row>
     <row r="208" spans="1:6">
       <c r="A208" t="s">
-        <v>703</v>
+        <v>707</v>
       </c>
       <c r="B208" t="s">
-        <v>704</v>
+        <v>708</v>
       </c>
       <c r="C208" t="s">
         <v>800</v>
       </c>
       <c r="D208" t="s">
         <v>801</v>
       </c>
       <c r="E208" s="2" t="s">
         <v>802</v>
       </c>
       <c r="F208" s="2" t="s">
         <v>803</v>
       </c>
     </row>
     <row r="209" spans="1:6">
       <c r="A209" t="s">
-        <v>703</v>
+        <v>707</v>
       </c>
       <c r="B209" t="s">
-        <v>704</v>
+        <v>708</v>
       </c>
       <c r="C209" t="s">
         <v>804</v>
       </c>
       <c r="D209" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="E209" s="2" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="F209" s="2" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
     </row>
     <row r="210" spans="1:6">
       <c r="A210" t="s">
-        <v>703</v>
+        <v>707</v>
       </c>
       <c r="B210" t="s">
-        <v>704</v>
+        <v>708</v>
       </c>
       <c r="C210" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="D210" t="s">
         <v>808</v>
       </c>
       <c r="E210" s="2" t="s">
         <v>809</v>
       </c>
       <c r="F210" s="2" t="s">
         <v>810</v>
       </c>
     </row>
     <row r="211" spans="1:6">
       <c r="A211" t="s">
-        <v>703</v>
+        <v>707</v>
       </c>
       <c r="B211" t="s">
-        <v>704</v>
+        <v>708</v>
       </c>
       <c r="C211" t="s">
         <v>811</v>
       </c>
       <c r="D211" t="s">
         <v>812</v>
       </c>
       <c r="E211" s="2" t="s">
         <v>813</v>
       </c>
       <c r="F211" s="2" t="s">
         <v>814</v>
       </c>
     </row>
     <row r="212" spans="1:6">
       <c r="A212" t="s">
+        <v>707</v>
+      </c>
+      <c r="B212" t="s">
+        <v>708</v>
+      </c>
+      <c r="C212" t="s">
         <v>815</v>
       </c>
-      <c r="B212" t="s">
+      <c r="D212" t="s">
         <v>816</v>
-      </c>
-[...4 lines deleted...]
-        <v>141</v>
       </c>
       <c r="E212" s="2" t="s">
         <v>817</v>
       </c>
       <c r="F212" s="2" t="s">
         <v>818</v>
       </c>
     </row>
     <row r="213" spans="1:6">
       <c r="A213" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="B213" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="C213" t="s">
-        <v>819</v>
+        <v>140</v>
       </c>
       <c r="D213" t="s">
-        <v>820</v>
+        <v>141</v>
       </c>
       <c r="E213" s="2" t="s">
         <v>821</v>
       </c>
       <c r="F213" s="2" t="s">
         <v>822</v>
       </c>
     </row>
     <row r="214" spans="1:6">
       <c r="A214" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="B214" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="C214" t="s">
         <v>823</v>
       </c>
       <c r="D214" t="s">
         <v>824</v>
       </c>
       <c r="E214" s="2" t="s">
         <v>825</v>
       </c>
       <c r="F214" s="2" t="s">
         <v>826</v>
       </c>
     </row>
     <row r="215" spans="1:6">
       <c r="A215" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="B215" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="C215" t="s">
         <v>827</v>
       </c>
       <c r="D215" t="s">
         <v>828</v>
       </c>
       <c r="E215" s="2" t="s">
         <v>829</v>
       </c>
       <c r="F215" s="2" t="s">
         <v>830</v>
       </c>
     </row>
     <row r="216" spans="1:6">
       <c r="A216" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="B216" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="C216" t="s">
         <v>831</v>
       </c>
       <c r="D216" t="s">
         <v>832</v>
       </c>
       <c r="E216" s="2" t="s">
         <v>833</v>
       </c>
       <c r="F216" s="2" t="s">
         <v>834</v>
       </c>
     </row>
     <row r="217" spans="1:6">
       <c r="A217" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="B217" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="C217" t="s">
         <v>835</v>
       </c>
       <c r="D217" t="s">
         <v>836</v>
       </c>
       <c r="E217" s="2" t="s">
         <v>837</v>
       </c>
       <c r="F217" s="2" t="s">
         <v>838</v>
       </c>
     </row>
     <row r="218" spans="1:6">
       <c r="A218" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="B218" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="C218" t="s">
         <v>839</v>
       </c>
       <c r="D218" t="s">
         <v>840</v>
       </c>
       <c r="E218" s="2" t="s">
         <v>841</v>
       </c>
       <c r="F218" s="2" t="s">
         <v>842</v>
       </c>
     </row>
     <row r="219" spans="1:6">
       <c r="A219" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="B219" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="C219" t="s">
         <v>843</v>
       </c>
       <c r="D219" t="s">
         <v>844</v>
       </c>
       <c r="E219" s="2" t="s">
         <v>845</v>
       </c>
       <c r="F219" s="2" t="s">
         <v>846</v>
       </c>
     </row>
     <row r="220" spans="1:6">
       <c r="A220" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="B220" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="C220" t="s">
         <v>847</v>
       </c>
       <c r="D220" t="s">
         <v>848</v>
       </c>
       <c r="E220" s="2" t="s">
         <v>849</v>
       </c>
       <c r="F220" s="2" t="s">
         <v>850</v>
       </c>
     </row>
     <row r="221" spans="1:6">
       <c r="A221" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="B221" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="C221" t="s">
         <v>851</v>
       </c>
       <c r="D221" t="s">
         <v>852</v>
       </c>
       <c r="E221" s="2" t="s">
         <v>853</v>
       </c>
       <c r="F221" s="2" t="s">
         <v>854</v>
       </c>
     </row>
     <row r="222" spans="1:6">
       <c r="A222" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="B222" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="C222" t="s">
         <v>855</v>
       </c>
       <c r="D222" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="E222" s="2" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="F222" s="2" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
     </row>
     <row r="223" spans="1:6">
       <c r="A223" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="B223" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="C223" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="D223" t="s">
         <v>859</v>
       </c>
       <c r="E223" s="2" t="s">
         <v>860</v>
       </c>
       <c r="F223" s="2" t="s">
         <v>861</v>
       </c>
     </row>
     <row r="224" spans="1:6">
       <c r="A224" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="B224" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="C224" t="s">
         <v>862</v>
       </c>
       <c r="D224" t="s">
         <v>863</v>
       </c>
       <c r="E224" s="2" t="s">
         <v>864</v>
       </c>
       <c r="F224" s="2" t="s">
         <v>865</v>
       </c>
     </row>
     <row r="225" spans="1:6">
       <c r="A225" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="B225" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="C225" t="s">
         <v>866</v>
       </c>
       <c r="D225" t="s">
         <v>867</v>
       </c>
       <c r="E225" s="2" t="s">
         <v>868</v>
       </c>
       <c r="F225" s="2" t="s">
         <v>869</v>
       </c>
     </row>
     <row r="226" spans="1:6">
       <c r="A226" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="B226" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="C226" t="s">
         <v>870</v>
       </c>
       <c r="D226" t="s">
         <v>871</v>
       </c>
       <c r="E226" s="2" t="s">
         <v>872</v>
       </c>
       <c r="F226" s="2" t="s">
         <v>873</v>
       </c>
     </row>
     <row r="227" spans="1:6">
       <c r="A227" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="B227" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="C227" t="s">
         <v>874</v>
       </c>
       <c r="D227" t="s">
         <v>875</v>
       </c>
       <c r="E227" s="2" t="s">
         <v>876</v>
       </c>
       <c r="F227" s="2" t="s">
         <v>877</v>
       </c>
     </row>
     <row r="228" spans="1:6">
       <c r="A228" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="B228" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="C228" t="s">
         <v>878</v>
       </c>
       <c r="D228" t="s">
         <v>879</v>
       </c>
       <c r="E228" s="2" t="s">
         <v>880</v>
       </c>
       <c r="F228" s="2" t="s">
         <v>881</v>
       </c>
     </row>
     <row r="229" spans="1:6">
       <c r="A229" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="B229" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="C229" t="s">
         <v>882</v>
       </c>
       <c r="D229" t="s">
         <v>883</v>
       </c>
       <c r="E229" s="2" t="s">
         <v>884</v>
       </c>
       <c r="F229" s="2" t="s">
         <v>885</v>
       </c>
     </row>
     <row r="230" spans="1:6">
       <c r="A230" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="B230" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="C230" t="s">
         <v>886</v>
       </c>
       <c r="D230" t="s">
         <v>887</v>
       </c>
       <c r="E230" s="2" t="s">
         <v>888</v>
       </c>
       <c r="F230" s="2" t="s">
         <v>889</v>
       </c>
     </row>
     <row r="231" spans="1:6">
       <c r="A231" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="B231" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="C231" t="s">
         <v>890</v>
       </c>
       <c r="D231" t="s">
         <v>891</v>
       </c>
       <c r="E231" s="2" t="s">
         <v>892</v>
       </c>
       <c r="F231" s="2" t="s">
         <v>893</v>
       </c>
     </row>
     <row r="232" spans="1:6">
       <c r="A232" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="B232" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="C232" t="s">
         <v>894</v>
       </c>
       <c r="D232" t="s">
         <v>895</v>
       </c>
       <c r="E232" s="2" t="s">
         <v>896</v>
       </c>
       <c r="F232" s="2" t="s">
         <v>897</v>
       </c>
     </row>
     <row r="233" spans="1:6">
       <c r="A233" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="B233" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="C233" t="s">
         <v>898</v>
       </c>
       <c r="D233" t="s">
         <v>899</v>
       </c>
       <c r="E233" s="2" t="s">
         <v>900</v>
       </c>
       <c r="F233" s="2" t="s">
         <v>901</v>
       </c>
     </row>
     <row r="234" spans="1:6">
       <c r="A234" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="B234" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="C234" t="s">
         <v>902</v>
       </c>
       <c r="D234" t="s">
         <v>903</v>
       </c>
       <c r="E234" s="2" t="s">
         <v>904</v>
       </c>
       <c r="F234" s="2" t="s">
         <v>905</v>
       </c>
     </row>
     <row r="235" spans="1:6">
       <c r="A235" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="B235" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="C235" t="s">
         <v>906</v>
       </c>
       <c r="D235" t="s">
         <v>907</v>
       </c>
       <c r="E235" s="2" t="s">
         <v>908</v>
       </c>
       <c r="F235" s="2" t="s">
         <v>909</v>
       </c>
     </row>
     <row r="236" spans="1:6">
       <c r="A236" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="B236" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="C236" t="s">
         <v>910</v>
       </c>
       <c r="D236" t="s">
         <v>911</v>
       </c>
       <c r="E236" s="2" t="s">
         <v>912</v>
       </c>
       <c r="F236" s="2" t="s">
         <v>913</v>
       </c>
     </row>
     <row r="237" spans="1:6">
       <c r="A237" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="B237" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="C237" t="s">
         <v>914</v>
       </c>
       <c r="D237" t="s">
         <v>915</v>
       </c>
       <c r="E237" s="2" t="s">
         <v>916</v>
       </c>
       <c r="F237" s="2" t="s">
         <v>917</v>
       </c>
     </row>
     <row r="238" spans="1:6">
       <c r="A238" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="B238" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="C238" t="s">
         <v>918</v>
       </c>
       <c r="D238" t="s">
         <v>919</v>
       </c>
       <c r="E238" s="2" t="s">
         <v>920</v>
       </c>
       <c r="F238" s="2" t="s">
         <v>921</v>
       </c>
     </row>
     <row r="239" spans="1:6">
       <c r="A239" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="B239" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="C239" t="s">
         <v>922</v>
       </c>
       <c r="D239" t="s">
         <v>923</v>
       </c>
       <c r="E239" s="2" t="s">
         <v>924</v>
       </c>
       <c r="F239" s="2" t="s">
         <v>925</v>
       </c>
     </row>
     <row r="240" spans="1:6">
       <c r="A240" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="B240" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="C240" t="s">
         <v>926</v>
       </c>
       <c r="D240" t="s">
         <v>927</v>
       </c>
       <c r="E240" s="2" t="s">
         <v>928</v>
       </c>
       <c r="F240" s="2" t="s">
         <v>929</v>
       </c>
     </row>
     <row r="241" spans="1:6">
       <c r="A241" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="B241" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="C241" t="s">
         <v>930</v>
       </c>
       <c r="D241" t="s">
         <v>931</v>
       </c>
       <c r="E241" s="2" t="s">
         <v>932</v>
       </c>
       <c r="F241" s="2" t="s">
         <v>933</v>
       </c>
     </row>
     <row r="242" spans="1:6">
       <c r="A242" t="s">
+        <v>819</v>
+      </c>
+      <c r="B242" t="s">
+        <v>820</v>
+      </c>
+      <c r="C242" t="s">
         <v>934</v>
       </c>
-      <c r="B242" t="s">
+      <c r="D242" t="s">
         <v>935</v>
-      </c>
-[...4 lines deleted...]
-        <v>331</v>
       </c>
       <c r="E242" s="2" t="s">
         <v>936</v>
       </c>
       <c r="F242" s="2" t="s">
         <v>937</v>
       </c>
     </row>
     <row r="243" spans="1:6">
       <c r="A243" t="s">
-        <v>934</v>
+        <v>938</v>
       </c>
       <c r="B243" t="s">
-        <v>935</v>
+        <v>939</v>
       </c>
       <c r="C243" t="s">
-        <v>571</v>
+        <v>334</v>
       </c>
       <c r="D243" t="s">
-        <v>572</v>
+        <v>335</v>
       </c>
       <c r="E243" s="2" t="s">
-        <v>938</v>
+        <v>940</v>
       </c>
       <c r="F243" s="2" t="s">
-        <v>939</v>
+        <v>941</v>
       </c>
     </row>
     <row r="244" spans="1:6">
       <c r="A244" t="s">
-        <v>934</v>
+        <v>938</v>
       </c>
       <c r="B244" t="s">
-        <v>935</v>
+        <v>939</v>
       </c>
       <c r="C244" t="s">
-        <v>940</v>
+        <v>575</v>
       </c>
       <c r="D244" t="s">
-        <v>941</v>
+        <v>576</v>
       </c>
       <c r="E244" s="2" t="s">
         <v>942</v>
       </c>
       <c r="F244" s="2" t="s">
         <v>943</v>
       </c>
     </row>
     <row r="245" spans="1:6">
       <c r="A245" t="s">
-        <v>934</v>
+        <v>938</v>
       </c>
       <c r="B245" t="s">
-        <v>935</v>
+        <v>939</v>
       </c>
       <c r="C245" t="s">
-        <v>338</v>
+        <v>944</v>
       </c>
       <c r="D245" t="s">
-        <v>339</v>
+        <v>945</v>
       </c>
       <c r="E245" s="2" t="s">
-        <v>944</v>
+        <v>946</v>
       </c>
       <c r="F245" s="2" t="s">
-        <v>945</v>
+        <v>947</v>
       </c>
     </row>
     <row r="246" spans="1:6">
       <c r="A246" t="s">
-        <v>934</v>
+        <v>938</v>
       </c>
       <c r="B246" t="s">
-        <v>935</v>
+        <v>939</v>
       </c>
       <c r="C246" t="s">
-        <v>946</v>
+        <v>342</v>
       </c>
       <c r="D246" t="s">
-        <v>947</v>
+        <v>343</v>
       </c>
       <c r="E246" s="2" t="s">
         <v>948</v>
       </c>
       <c r="F246" s="2" t="s">
         <v>949</v>
       </c>
     </row>
     <row r="247" spans="1:6">
       <c r="A247" t="s">
-        <v>934</v>
+        <v>938</v>
       </c>
       <c r="B247" t="s">
-        <v>935</v>
+        <v>939</v>
       </c>
       <c r="C247" t="s">
         <v>950</v>
       </c>
       <c r="D247" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="E247" s="2" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
       <c r="F247" s="2" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
     </row>
     <row r="248" spans="1:6">
       <c r="A248" t="s">
-        <v>934</v>
+        <v>938</v>
       </c>
       <c r="B248" t="s">
-        <v>935</v>
+        <v>939</v>
       </c>
       <c r="C248" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
       <c r="D248" t="s">
         <v>954</v>
       </c>
       <c r="E248" s="2" t="s">
         <v>955</v>
       </c>
       <c r="F248" s="2" t="s">
         <v>956</v>
       </c>
     </row>
     <row r="249" spans="1:6">
       <c r="A249" t="s">
-        <v>934</v>
+        <v>938</v>
       </c>
       <c r="B249" t="s">
-        <v>935</v>
+        <v>939</v>
       </c>
       <c r="C249" t="s">
         <v>957</v>
       </c>
       <c r="D249" t="s">
         <v>958</v>
       </c>
       <c r="E249" s="2" t="s">
         <v>959</v>
       </c>
       <c r="F249" s="2" t="s">
         <v>960</v>
       </c>
     </row>
     <row r="250" spans="1:6">
       <c r="A250" t="s">
-        <v>934</v>
+        <v>938</v>
       </c>
       <c r="B250" t="s">
-        <v>935</v>
+        <v>939</v>
       </c>
       <c r="C250" t="s">
         <v>961</v>
       </c>
       <c r="D250" t="s">
         <v>962</v>
       </c>
       <c r="E250" s="2" t="s">
         <v>963</v>
       </c>
       <c r="F250" s="2" t="s">
         <v>964</v>
       </c>
     </row>
     <row r="251" spans="1:6">
       <c r="A251" t="s">
-        <v>934</v>
+        <v>938</v>
       </c>
       <c r="B251" t="s">
-        <v>935</v>
+        <v>939</v>
       </c>
       <c r="C251" t="s">
-        <v>346</v>
+        <v>965</v>
       </c>
       <c r="D251" t="s">
-        <v>347</v>
+        <v>966</v>
       </c>
       <c r="E251" s="2" t="s">
-        <v>348</v>
+        <v>967</v>
       </c>
       <c r="F251" s="2" t="s">
-        <v>965</v>
+        <v>968</v>
       </c>
     </row>
     <row r="252" spans="1:6">
       <c r="A252" t="s">
-        <v>934</v>
+        <v>938</v>
       </c>
       <c r="B252" t="s">
-        <v>935</v>
+        <v>939</v>
       </c>
       <c r="C252" t="s">
-        <v>966</v>
+        <v>350</v>
       </c>
       <c r="D252" t="s">
-        <v>967</v>
+        <v>351</v>
       </c>
       <c r="E252" s="2" t="s">
-        <v>968</v>
+        <v>352</v>
       </c>
       <c r="F252" s="2" t="s">
         <v>969</v>
       </c>
     </row>
     <row r="253" spans="1:6">
       <c r="A253" t="s">
-        <v>934</v>
+        <v>938</v>
       </c>
       <c r="B253" t="s">
-        <v>935</v>
+        <v>939</v>
       </c>
       <c r="C253" t="s">
         <v>970</v>
       </c>
       <c r="D253" t="s">
         <v>971</v>
       </c>
       <c r="E253" s="2" t="s">
         <v>972</v>
       </c>
       <c r="F253" s="2" t="s">
         <v>973</v>
       </c>
     </row>
     <row r="254" spans="1:6">
       <c r="A254" t="s">
-        <v>934</v>
+        <v>938</v>
       </c>
       <c r="B254" t="s">
-        <v>935</v>
+        <v>939</v>
       </c>
       <c r="C254" t="s">
         <v>974</v>
       </c>
       <c r="D254" t="s">
         <v>975</v>
       </c>
       <c r="E254" s="2" t="s">
         <v>976</v>
       </c>
       <c r="F254" s="2" t="s">
         <v>977</v>
       </c>
     </row>
     <row r="255" spans="1:6">
       <c r="A255" t="s">
-        <v>934</v>
+        <v>938</v>
       </c>
       <c r="B255" t="s">
-        <v>935</v>
+        <v>939</v>
       </c>
       <c r="C255" t="s">
-        <v>354</v>
+        <v>978</v>
       </c>
       <c r="D255" t="s">
-        <v>355</v>
+        <v>979</v>
       </c>
       <c r="E255" s="2" t="s">
-        <v>356</v>
+        <v>980</v>
       </c>
       <c r="F255" s="2" t="s">
-        <v>978</v>
+        <v>981</v>
       </c>
     </row>
     <row r="256" spans="1:6">
       <c r="A256" t="s">
-        <v>934</v>
+        <v>938</v>
       </c>
       <c r="B256" t="s">
-        <v>935</v>
+        <v>939</v>
       </c>
       <c r="C256" t="s">
-        <v>362</v>
+        <v>358</v>
       </c>
       <c r="D256" t="s">
-        <v>363</v>
+        <v>359</v>
       </c>
       <c r="E256" s="2" t="s">
-        <v>979</v>
+        <v>360</v>
       </c>
       <c r="F256" s="2" t="s">
-        <v>980</v>
+        <v>982</v>
       </c>
     </row>
     <row r="257" spans="1:6">
       <c r="A257" t="s">
-        <v>934</v>
+        <v>938</v>
       </c>
       <c r="B257" t="s">
-        <v>935</v>
+        <v>939</v>
       </c>
       <c r="C257" t="s">
-        <v>981</v>
+        <v>366</v>
       </c>
       <c r="D257" t="s">
-        <v>982</v>
+        <v>367</v>
       </c>
       <c r="E257" s="2" t="s">
         <v>983</v>
       </c>
       <c r="F257" s="2" t="s">
         <v>984</v>
       </c>
     </row>
     <row r="258" spans="1:6">
       <c r="A258" t="s">
-        <v>934</v>
+        <v>938</v>
       </c>
       <c r="B258" t="s">
-        <v>935</v>
+        <v>939</v>
       </c>
       <c r="C258" t="s">
         <v>985</v>
       </c>
       <c r="D258" t="s">
         <v>986</v>
       </c>
       <c r="E258" s="2" t="s">
         <v>987</v>
       </c>
       <c r="F258" s="2" t="s">
         <v>988</v>
       </c>
     </row>
     <row r="259" spans="1:6">
       <c r="A259" t="s">
-        <v>934</v>
+        <v>938</v>
       </c>
       <c r="B259" t="s">
-        <v>935</v>
+        <v>939</v>
       </c>
       <c r="C259" t="s">
         <v>989</v>
       </c>
       <c r="D259" t="s">
         <v>990</v>
       </c>
       <c r="E259" s="2" t="s">
         <v>991</v>
       </c>
       <c r="F259" s="2" t="s">
         <v>992</v>
       </c>
     </row>
     <row r="260" spans="1:6">
       <c r="A260" t="s">
-        <v>934</v>
+        <v>938</v>
       </c>
       <c r="B260" t="s">
-        <v>935</v>
+        <v>939</v>
       </c>
       <c r="C260" t="s">
-        <v>366</v>
+        <v>993</v>
       </c>
       <c r="D260" t="s">
-        <v>367</v>
+        <v>994</v>
       </c>
       <c r="E260" s="2" t="s">
-        <v>993</v>
+        <v>995</v>
       </c>
       <c r="F260" s="2" t="s">
-        <v>994</v>
+        <v>996</v>
       </c>
     </row>
     <row r="261" spans="1:6">
       <c r="A261" t="s">
-        <v>995</v>
+        <v>938</v>
       </c>
       <c r="B261" t="s">
-        <v>996</v>
+        <v>939</v>
       </c>
       <c r="C261" t="s">
+        <v>370</v>
+      </c>
+      <c r="D261" t="s">
+        <v>371</v>
+      </c>
+      <c r="E261" s="2" t="s">
         <v>997</v>
       </c>
-      <c r="D261" t="s">
+      <c r="F261" s="2" t="s">
         <v>998</v>
-      </c>
-[...4 lines deleted...]
-        <v>1000</v>
       </c>
     </row>
     <row r="262" spans="1:6">
       <c r="A262" t="s">
-        <v>995</v>
+        <v>999</v>
       </c>
       <c r="B262" t="s">
-        <v>996</v>
+        <v>1000</v>
       </c>
       <c r="C262" t="s">
         <v>1001</v>
       </c>
       <c r="D262" t="s">
         <v>1002</v>
       </c>
       <c r="E262" s="2" t="s">
         <v>1003</v>
       </c>
       <c r="F262" s="2" t="s">
         <v>1004</v>
       </c>
     </row>
     <row r="263" spans="1:6">
       <c r="A263" t="s">
-        <v>995</v>
+        <v>999</v>
       </c>
       <c r="B263" t="s">
-        <v>996</v>
+        <v>1000</v>
       </c>
       <c r="C263" t="s">
         <v>1005</v>
       </c>
       <c r="D263" t="s">
         <v>1006</v>
       </c>
       <c r="E263" s="2" t="s">
         <v>1007</v>
       </c>
       <c r="F263" s="2" t="s">
         <v>1008</v>
       </c>
     </row>
     <row r="264" spans="1:6">
       <c r="A264" t="s">
-        <v>995</v>
+        <v>999</v>
       </c>
       <c r="B264" t="s">
-        <v>996</v>
+        <v>1000</v>
       </c>
       <c r="C264" t="s">
         <v>1009</v>
       </c>
       <c r="D264" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="E264" s="2" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="F264" s="2" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="265" spans="1:6">
       <c r="A265" t="s">
-        <v>995</v>
+        <v>999</v>
       </c>
       <c r="B265" t="s">
-        <v>996</v>
+        <v>1000</v>
       </c>
       <c r="C265" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="D265" t="s">
         <v>1013</v>
       </c>
       <c r="E265" s="2" t="s">
         <v>1014</v>
       </c>
       <c r="F265" s="2" t="s">
         <v>1015</v>
       </c>
     </row>
     <row r="266" spans="1:6">
       <c r="A266" t="s">
-        <v>995</v>
+        <v>999</v>
       </c>
       <c r="B266" t="s">
-        <v>996</v>
+        <v>1000</v>
       </c>
       <c r="C266" t="s">
         <v>1016</v>
       </c>
       <c r="D266" t="s">
         <v>1017</v>
       </c>
       <c r="E266" s="2" t="s">
         <v>1018</v>
       </c>
       <c r="F266" s="2" t="s">
         <v>1019</v>
       </c>
     </row>
     <row r="267" spans="1:6">
       <c r="A267" t="s">
-        <v>995</v>
+        <v>999</v>
       </c>
       <c r="B267" t="s">
-        <v>996</v>
+        <v>1000</v>
       </c>
       <c r="C267" t="s">
         <v>1020</v>
       </c>
       <c r="D267" t="s">
         <v>1021</v>
       </c>
       <c r="E267" s="2" t="s">
         <v>1022</v>
       </c>
       <c r="F267" s="2" t="s">
         <v>1023</v>
       </c>
     </row>
     <row r="268" spans="1:6">
       <c r="A268" t="s">
+        <v>999</v>
+      </c>
+      <c r="B268" t="s">
+        <v>1000</v>
+      </c>
+      <c r="C268" t="s">
         <v>1024</v>
       </c>
-      <c r="B268" t="s">
+      <c r="D268" t="s">
         <v>1025</v>
       </c>
-      <c r="C268" t="s">
+      <c r="E268" s="2" t="s">
         <v>1026</v>
       </c>
-      <c r="D268" t="s">
+      <c r="F268" s="2" t="s">
         <v>1027</v>
-      </c>
-[...4 lines deleted...]
-        <v>1029</v>
       </c>
     </row>
     <row r="269" spans="1:6">
       <c r="A269" t="s">
-        <v>1024</v>
+        <v>1028</v>
       </c>
       <c r="B269" t="s">
-        <v>1025</v>
+        <v>1029</v>
       </c>
       <c r="C269" t="s">
         <v>1030</v>
       </c>
       <c r="D269" t="s">
         <v>1031</v>
       </c>
       <c r="E269" s="2" t="s">
         <v>1032</v>
       </c>
       <c r="F269" s="2" t="s">
         <v>1033</v>
       </c>
     </row>
     <row r="270" spans="1:6">
       <c r="A270" t="s">
-        <v>1024</v>
+        <v>1028</v>
       </c>
       <c r="B270" t="s">
-        <v>1025</v>
+        <v>1029</v>
       </c>
       <c r="C270" t="s">
         <v>1034</v>
       </c>
       <c r="D270" t="s">
         <v>1035</v>
       </c>
       <c r="E270" s="2" t="s">
         <v>1036</v>
       </c>
       <c r="F270" s="2" t="s">
         <v>1037</v>
       </c>
     </row>
     <row r="271" spans="1:6">
       <c r="A271" t="s">
-        <v>1024</v>
+        <v>1028</v>
       </c>
       <c r="B271" t="s">
-        <v>1025</v>
+        <v>1029</v>
       </c>
       <c r="C271" t="s">
-        <v>253</v>
+        <v>1038</v>
       </c>
       <c r="D271" t="s">
-        <v>254</v>
+        <v>1039</v>
       </c>
       <c r="E271" s="2" t="s">
-        <v>1038</v>
+        <v>1040</v>
       </c>
       <c r="F271" s="2" t="s">
-        <v>1039</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="272" spans="1:6">
       <c r="A272" t="s">
-        <v>1024</v>
+        <v>1028</v>
       </c>
       <c r="B272" t="s">
-        <v>1025</v>
+        <v>1029</v>
       </c>
       <c r="C272" t="s">
-        <v>1040</v>
+        <v>257</v>
       </c>
       <c r="D272" t="s">
-        <v>1041</v>
+        <v>258</v>
       </c>
       <c r="E272" s="2" t="s">
         <v>1042</v>
       </c>
       <c r="F272" s="2" t="s">
         <v>1043</v>
       </c>
     </row>
     <row r="273" spans="1:6">
       <c r="A273" t="s">
-        <v>1024</v>
+        <v>1028</v>
       </c>
       <c r="B273" t="s">
-        <v>1025</v>
+        <v>1029</v>
       </c>
       <c r="C273" t="s">
         <v>1044</v>
       </c>
       <c r="D273" t="s">
         <v>1045</v>
       </c>
       <c r="E273" s="2" t="s">
         <v>1046</v>
       </c>
       <c r="F273" s="2" t="s">
         <v>1047</v>
       </c>
     </row>
     <row r="274" spans="1:6">
       <c r="A274" t="s">
-        <v>1024</v>
+        <v>1028</v>
       </c>
       <c r="B274" t="s">
-        <v>1025</v>
+        <v>1029</v>
       </c>
       <c r="C274" t="s">
         <v>1048</v>
       </c>
       <c r="D274" t="s">
         <v>1049</v>
       </c>
       <c r="E274" s="2" t="s">
         <v>1050</v>
       </c>
       <c r="F274" s="2" t="s">
         <v>1051</v>
       </c>
     </row>
     <row r="275" spans="1:6">
       <c r="A275" t="s">
-        <v>1024</v>
+        <v>1028</v>
       </c>
       <c r="B275" t="s">
-        <v>1025</v>
+        <v>1029</v>
       </c>
       <c r="C275" t="s">
         <v>1052</v>
       </c>
       <c r="D275" t="s">
         <v>1053</v>
       </c>
       <c r="E275" s="2" t="s">
         <v>1054</v>
       </c>
       <c r="F275" s="2" t="s">
         <v>1055</v>
       </c>
     </row>
     <row r="276" spans="1:6">
       <c r="A276" t="s">
-        <v>1024</v>
+        <v>1028</v>
       </c>
       <c r="B276" t="s">
-        <v>1025</v>
+        <v>1029</v>
       </c>
       <c r="C276" t="s">
         <v>1056</v>
       </c>
       <c r="D276" t="s">
         <v>1057</v>
       </c>
       <c r="E276" s="2" t="s">
         <v>1058</v>
       </c>
       <c r="F276" s="2" t="s">
         <v>1059</v>
       </c>
     </row>
     <row r="277" spans="1:6">
       <c r="A277" t="s">
-        <v>1024</v>
+        <v>1028</v>
       </c>
       <c r="B277" t="s">
-        <v>1025</v>
+        <v>1029</v>
       </c>
       <c r="C277" t="s">
         <v>1060</v>
       </c>
       <c r="D277" t="s">
         <v>1061</v>
       </c>
       <c r="E277" s="2" t="s">
         <v>1062</v>
       </c>
       <c r="F277" s="2" t="s">
         <v>1063</v>
       </c>
     </row>
     <row r="278" spans="1:6">
       <c r="A278" t="s">
-        <v>1024</v>
+        <v>1028</v>
       </c>
       <c r="B278" t="s">
-        <v>1025</v>
+        <v>1029</v>
       </c>
       <c r="C278" t="s">
         <v>1064</v>
       </c>
       <c r="D278" t="s">
         <v>1065</v>
       </c>
       <c r="E278" s="2" t="s">
         <v>1066</v>
       </c>
       <c r="F278" s="2" t="s">
         <v>1067</v>
       </c>
     </row>
     <row r="279" spans="1:6">
       <c r="A279" t="s">
-        <v>1024</v>
+        <v>1028</v>
       </c>
       <c r="B279" t="s">
-        <v>1025</v>
+        <v>1029</v>
       </c>
       <c r="C279" t="s">
         <v>1068</v>
       </c>
       <c r="D279" t="s">
         <v>1069</v>
       </c>
       <c r="E279" s="2" t="s">
         <v>1070</v>
       </c>
       <c r="F279" s="2" t="s">
         <v>1071</v>
       </c>
     </row>
     <row r="280" spans="1:6">
       <c r="A280" t="s">
-        <v>1024</v>
+        <v>1028</v>
       </c>
       <c r="B280" t="s">
-        <v>1025</v>
+        <v>1029</v>
       </c>
       <c r="C280" t="s">
         <v>1072</v>
       </c>
       <c r="D280" t="s">
         <v>1073</v>
       </c>
       <c r="E280" s="2" t="s">
         <v>1074</v>
       </c>
       <c r="F280" s="2" t="s">
         <v>1075</v>
       </c>
     </row>
     <row r="281" spans="1:6">
       <c r="A281" t="s">
-        <v>1024</v>
+        <v>1028</v>
       </c>
       <c r="B281" t="s">
-        <v>1025</v>
+        <v>1029</v>
       </c>
       <c r="C281" t="s">
         <v>1076</v>
       </c>
       <c r="D281" t="s">
         <v>1077</v>
       </c>
       <c r="E281" s="2" t="s">
         <v>1078</v>
       </c>
       <c r="F281" s="2" t="s">
         <v>1079</v>
       </c>
     </row>
     <row r="282" spans="1:6">
       <c r="A282" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B282" t="s">
+        <v>1029</v>
+      </c>
+      <c r="C282" t="s">
         <v>1080</v>
       </c>
-      <c r="B282" t="s">
+      <c r="D282" t="s">
         <v>1081</v>
       </c>
-      <c r="C282" t="s">
+      <c r="E282" s="2" t="s">
         <v>1082</v>
       </c>
-      <c r="D282" t="s">
+      <c r="F282" s="2" t="s">
         <v>1083</v>
-      </c>
-[...4 lines deleted...]
-        <v>1085</v>
       </c>
     </row>
     <row r="283" spans="1:6">
       <c r="A283" t="s">
-        <v>1080</v>
+        <v>1084</v>
       </c>
       <c r="B283" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="C283" t="s">
         <v>1086</v>
       </c>
       <c r="D283" t="s">
         <v>1087</v>
       </c>
       <c r="E283" s="2" t="s">
         <v>1088</v>
       </c>
       <c r="F283" s="2" t="s">
         <v>1089</v>
       </c>
     </row>
     <row r="284" spans="1:6">
       <c r="A284" t="s">
-        <v>1080</v>
+        <v>1084</v>
       </c>
       <c r="B284" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="C284" t="s">
         <v>1090</v>
       </c>
       <c r="D284" t="s">
         <v>1091</v>
       </c>
       <c r="E284" s="2" t="s">
         <v>1092</v>
       </c>
       <c r="F284" s="2" t="s">
         <v>1093</v>
       </c>
     </row>
     <row r="285" spans="1:6">
       <c r="A285" t="s">
-        <v>1080</v>
+        <v>1084</v>
       </c>
       <c r="B285" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="C285" t="s">
         <v>1094</v>
       </c>
       <c r="D285" t="s">
         <v>1095</v>
       </c>
       <c r="E285" s="2" t="s">
         <v>1096</v>
       </c>
       <c r="F285" s="2" t="s">
         <v>1097</v>
       </c>
     </row>
     <row r="286" spans="1:6">
       <c r="A286" t="s">
-        <v>1080</v>
+        <v>1084</v>
       </c>
       <c r="B286" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="C286" t="s">
         <v>1098</v>
       </c>
       <c r="D286" t="s">
         <v>1099</v>
       </c>
       <c r="E286" s="2" t="s">
         <v>1100</v>
       </c>
       <c r="F286" s="2" t="s">
         <v>1101</v>
       </c>
     </row>
     <row r="287" spans="1:6">
       <c r="A287" t="s">
-        <v>1080</v>
+        <v>1084</v>
       </c>
       <c r="B287" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="C287" t="s">
         <v>1102</v>
       </c>
       <c r="D287" t="s">
-        <v>1102</v>
+        <v>1103</v>
       </c>
       <c r="E287" s="2" t="s">
-        <v>1103</v>
+        <v>1104</v>
       </c>
       <c r="F287" s="2" t="s">
-        <v>1104</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="288" spans="1:6">
       <c r="A288" t="s">
-        <v>1080</v>
+        <v>1084</v>
       </c>
       <c r="B288" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="C288" t="s">
-        <v>1105</v>
+        <v>1106</v>
       </c>
       <c r="D288" t="s">
-        <v>1106</v>
+        <v>1107</v>
       </c>
       <c r="E288" s="2" t="s">
-        <v>1107</v>
+        <v>1108</v>
       </c>
       <c r="F288" s="2" t="s">
-        <v>1108</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="289" spans="1:6">
       <c r="A289" t="s">
-        <v>1080</v>
+        <v>1084</v>
       </c>
       <c r="B289" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="C289" t="s">
-        <v>1109</v>
+        <v>1110</v>
       </c>
       <c r="D289" t="s">
         <v>1110</v>
       </c>
       <c r="E289" s="2" t="s">
         <v>1111</v>
       </c>
       <c r="F289" s="2" t="s">
         <v>1112</v>
       </c>
     </row>
     <row r="290" spans="1:6">
       <c r="A290" t="s">
-        <v>1080</v>
+        <v>1084</v>
       </c>
       <c r="B290" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="C290" t="s">
         <v>1113</v>
       </c>
       <c r="D290" t="s">
         <v>1114</v>
       </c>
       <c r="E290" s="2" t="s">
         <v>1115</v>
       </c>
       <c r="F290" s="2" t="s">
         <v>1116</v>
       </c>
     </row>
     <row r="291" spans="1:6">
       <c r="A291" t="s">
-        <v>1080</v>
+        <v>1084</v>
       </c>
       <c r="B291" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="C291" t="s">
         <v>1117</v>
       </c>
       <c r="D291" t="s">
         <v>1118</v>
       </c>
       <c r="E291" s="2" t="s">
         <v>1119</v>
       </c>
       <c r="F291" s="2" t="s">
         <v>1120</v>
       </c>
     </row>
     <row r="292" spans="1:6">
       <c r="A292" t="s">
-        <v>1080</v>
+        <v>1084</v>
       </c>
       <c r="B292" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="C292" t="s">
         <v>1121</v>
       </c>
       <c r="D292" t="s">
-        <v>1121</v>
+        <v>1122</v>
       </c>
       <c r="E292" s="2" t="s">
-        <v>1122</v>
+        <v>1123</v>
       </c>
       <c r="F292" s="2" t="s">
-        <v>1123</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="293" spans="1:6">
       <c r="A293" t="s">
-        <v>1080</v>
+        <v>1084</v>
       </c>
       <c r="B293" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="C293" t="s">
-        <v>1124</v>
+        <v>1125</v>
       </c>
       <c r="D293" t="s">
-        <v>1125</v>
+        <v>1126</v>
       </c>
       <c r="E293" s="2" t="s">
-        <v>1126</v>
+        <v>1127</v>
       </c>
       <c r="F293" s="2" t="s">
-        <v>1127</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="294" spans="1:6">
       <c r="A294" t="s">
-        <v>1080</v>
+        <v>1084</v>
       </c>
       <c r="B294" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="C294" t="s">
-        <v>1128</v>
+        <v>1129</v>
       </c>
       <c r="D294" t="s">
         <v>1129</v>
       </c>
       <c r="E294" s="2" t="s">
         <v>1130</v>
       </c>
       <c r="F294" s="2" t="s">
         <v>1131</v>
       </c>
     </row>
     <row r="295" spans="1:6">
       <c r="A295" t="s">
-        <v>1080</v>
+        <v>1084</v>
       </c>
       <c r="B295" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="C295" t="s">
         <v>1132</v>
       </c>
       <c r="D295" t="s">
         <v>1133</v>
       </c>
       <c r="E295" s="2" t="s">
         <v>1134</v>
       </c>
       <c r="F295" s="2" t="s">
         <v>1135</v>
       </c>
     </row>
     <row r="296" spans="1:6">
       <c r="A296" t="s">
-        <v>1080</v>
+        <v>1084</v>
       </c>
       <c r="B296" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="C296" t="s">
         <v>1136</v>
       </c>
       <c r="D296" t="s">
         <v>1137</v>
       </c>
       <c r="E296" s="2" t="s">
         <v>1138</v>
       </c>
       <c r="F296" s="2" t="s">
         <v>1139</v>
       </c>
     </row>
     <row r="297" spans="1:6">
       <c r="A297" t="s">
-        <v>1080</v>
+        <v>1084</v>
       </c>
       <c r="B297" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="C297" t="s">
         <v>1140</v>
       </c>
       <c r="D297" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="E297" s="2" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
       <c r="F297" s="2" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
     </row>
     <row r="298" spans="1:6">
       <c r="A298" t="s">
-        <v>1080</v>
+        <v>1084</v>
       </c>
       <c r="B298" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="C298" t="s">
-        <v>1143</v>
+        <v>1144</v>
       </c>
       <c r="D298" t="s">
-        <v>1144</v>
+        <v>1145</v>
       </c>
       <c r="E298" s="2" t="s">
-        <v>1145</v>
+        <v>1146</v>
       </c>
       <c r="F298" s="2" t="s">
-        <v>1146</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="299" spans="1:6">
       <c r="A299" t="s">
-        <v>1080</v>
+        <v>1084</v>
       </c>
       <c r="B299" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="C299" t="s">
-        <v>1147</v>
+        <v>1148</v>
       </c>
       <c r="D299" t="s">
-        <v>1147</v>
+        <v>1148</v>
       </c>
       <c r="E299" s="2" t="s">
-        <v>1148</v>
+        <v>1149</v>
       </c>
       <c r="F299" s="2" t="s">
-        <v>1149</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="300" spans="1:6">
       <c r="A300" t="s">
-        <v>1080</v>
+        <v>1084</v>
       </c>
       <c r="B300" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="C300" t="s">
-        <v>1150</v>
+        <v>1151</v>
       </c>
       <c r="D300" t="s">
-        <v>1151</v>
+        <v>1152</v>
       </c>
       <c r="E300" s="2" t="s">
-        <v>1152</v>
+        <v>1153</v>
       </c>
       <c r="F300" s="2" t="s">
-        <v>1153</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="301" spans="1:6">
       <c r="A301" t="s">
-        <v>1080</v>
+        <v>1084</v>
       </c>
       <c r="B301" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="C301" t="s">
-        <v>1154</v>
+        <v>1155</v>
       </c>
       <c r="D301" t="s">
         <v>1155</v>
       </c>
       <c r="E301" s="2" t="s">
         <v>1156</v>
       </c>
       <c r="F301" s="2" t="s">
         <v>1157</v>
       </c>
     </row>
     <row r="302" spans="1:6">
       <c r="A302" t="s">
-        <v>1080</v>
+        <v>1084</v>
       </c>
       <c r="B302" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="C302" t="s">
         <v>1158</v>
       </c>
       <c r="D302" t="s">
         <v>1159</v>
       </c>
       <c r="E302" s="2" t="s">
         <v>1160</v>
       </c>
       <c r="F302" s="2" t="s">
         <v>1161</v>
       </c>
     </row>
     <row r="303" spans="1:6">
       <c r="A303" t="s">
-        <v>1080</v>
+        <v>1084</v>
       </c>
       <c r="B303" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="C303" t="s">
         <v>1162</v>
       </c>
       <c r="D303" t="s">
         <v>1163</v>
       </c>
       <c r="E303" s="2" t="s">
         <v>1164</v>
       </c>
       <c r="F303" s="2" t="s">
         <v>1165</v>
       </c>
     </row>
     <row r="304" spans="1:6">
       <c r="A304" t="s">
-        <v>1080</v>
+        <v>1084</v>
       </c>
       <c r="B304" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="C304" t="s">
         <v>1166</v>
       </c>
       <c r="D304" t="s">
         <v>1167</v>
       </c>
       <c r="E304" s="2" t="s">
         <v>1168</v>
       </c>
       <c r="F304" s="2" t="s">
         <v>1169</v>
       </c>
     </row>
     <row r="305" spans="1:6">
       <c r="A305" t="s">
-        <v>1080</v>
+        <v>1084</v>
       </c>
       <c r="B305" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="C305" t="s">
         <v>1170</v>
       </c>
       <c r="D305" t="s">
         <v>1171</v>
       </c>
       <c r="E305" s="2" t="s">
         <v>1172</v>
       </c>
       <c r="F305" s="2" t="s">
         <v>1173</v>
       </c>
     </row>
     <row r="306" spans="1:6">
       <c r="A306" t="s">
-        <v>1080</v>
+        <v>1084</v>
       </c>
       <c r="B306" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="C306" t="s">
         <v>1174</v>
       </c>
       <c r="D306" t="s">
         <v>1175</v>
       </c>
       <c r="E306" s="2" t="s">
         <v>1176</v>
       </c>
       <c r="F306" s="2" t="s">
         <v>1177</v>
       </c>
     </row>
     <row r="307" spans="1:6">
       <c r="A307" t="s">
-        <v>1080</v>
+        <v>1084</v>
       </c>
       <c r="B307" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="C307" t="s">
         <v>1178</v>
       </c>
       <c r="D307" t="s">
-        <v>1178</v>
+        <v>1179</v>
       </c>
       <c r="E307" s="2" t="s">
-        <v>1179</v>
+        <v>1180</v>
       </c>
       <c r="F307" s="2" t="s">
-        <v>1180</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="308" spans="1:6">
       <c r="A308" t="s">
-        <v>1080</v>
+        <v>1084</v>
       </c>
       <c r="B308" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="C308" t="s">
-        <v>1181</v>
+        <v>1182</v>
       </c>
       <c r="D308" t="s">
-        <v>1182</v>
+        <v>1183</v>
       </c>
       <c r="E308" s="2" t="s">
-        <v>1183</v>
+        <v>1184</v>
       </c>
       <c r="F308" s="2" t="s">
-        <v>1184</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="309" spans="1:6">
       <c r="A309" t="s">
-        <v>1080</v>
+        <v>1084</v>
       </c>
       <c r="B309" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="C309" t="s">
-        <v>1185</v>
+        <v>1186</v>
       </c>
       <c r="D309" t="s">
         <v>1186</v>
       </c>
       <c r="E309" s="2" t="s">
         <v>1187</v>
       </c>
       <c r="F309" s="2" t="s">
         <v>1188</v>
       </c>
     </row>
     <row r="310" spans="1:6">
       <c r="A310" t="s">
-        <v>1080</v>
+        <v>1084</v>
       </c>
       <c r="B310" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="C310" t="s">
         <v>1189</v>
       </c>
       <c r="D310" t="s">
         <v>1190</v>
       </c>
       <c r="E310" s="2" t="s">
         <v>1191</v>
       </c>
       <c r="F310" s="2" t="s">
         <v>1192</v>
       </c>
     </row>
     <row r="311" spans="1:6">
       <c r="A311" t="s">
-        <v>1080</v>
+        <v>1084</v>
       </c>
       <c r="B311" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="C311" t="s">
         <v>1193</v>
       </c>
       <c r="D311" t="s">
         <v>1194</v>
       </c>
       <c r="E311" s="2" t="s">
         <v>1195</v>
       </c>
       <c r="F311" s="2" t="s">
         <v>1196</v>
       </c>
     </row>
     <row r="312" spans="1:6">
       <c r="A312" t="s">
-        <v>1080</v>
+        <v>1084</v>
       </c>
       <c r="B312" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="C312" t="s">
         <v>1197</v>
       </c>
       <c r="D312" t="s">
         <v>1198</v>
       </c>
       <c r="E312" s="2" t="s">
         <v>1199</v>
       </c>
       <c r="F312" s="2" t="s">
         <v>1200</v>
       </c>
     </row>
     <row r="313" spans="1:6">
       <c r="A313" t="s">
-        <v>1080</v>
+        <v>1084</v>
       </c>
       <c r="B313" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="C313" t="s">
         <v>1201</v>
       </c>
       <c r="D313" t="s">
         <v>1202</v>
       </c>
       <c r="E313" s="2" t="s">
         <v>1203</v>
       </c>
       <c r="F313" s="2" t="s">
         <v>1204</v>
       </c>
     </row>
     <row r="314" spans="1:6">
       <c r="A314" t="s">
-        <v>1080</v>
+        <v>1084</v>
       </c>
       <c r="B314" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="C314" t="s">
         <v>1205</v>
       </c>
       <c r="D314" t="s">
         <v>1206</v>
       </c>
       <c r="E314" s="2" t="s">
         <v>1207</v>
       </c>
       <c r="F314" s="2" t="s">
         <v>1208</v>
       </c>
     </row>
     <row r="315" spans="1:6">
       <c r="A315" t="s">
-        <v>1080</v>
+        <v>1084</v>
       </c>
       <c r="B315" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="C315" t="s">
         <v>1209</v>
       </c>
       <c r="D315" t="s">
         <v>1210</v>
       </c>
       <c r="E315" s="2" t="s">
         <v>1211</v>
       </c>
       <c r="F315" s="2" t="s">
         <v>1212</v>
       </c>
     </row>
     <row r="316" spans="1:6">
       <c r="A316" t="s">
-        <v>1080</v>
+        <v>1084</v>
       </c>
       <c r="B316" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="C316" t="s">
         <v>1213</v>
       </c>
       <c r="D316" t="s">
         <v>1214</v>
       </c>
       <c r="E316" s="2" t="s">
         <v>1215</v>
       </c>
       <c r="F316" s="2" t="s">
         <v>1216</v>
       </c>
     </row>
     <row r="317" spans="1:6">
       <c r="A317" t="s">
-        <v>1080</v>
+        <v>1084</v>
       </c>
       <c r="B317" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="C317" t="s">
         <v>1217</v>
       </c>
       <c r="D317" t="s">
         <v>1218</v>
       </c>
       <c r="E317" s="2" t="s">
         <v>1219</v>
       </c>
       <c r="F317" s="2" t="s">
         <v>1220</v>
       </c>
     </row>
     <row r="318" spans="1:6">
       <c r="A318" t="s">
-        <v>1080</v>
+        <v>1084</v>
       </c>
       <c r="B318" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="C318" t="s">
         <v>1221</v>
       </c>
       <c r="D318" t="s">
         <v>1222</v>
       </c>
       <c r="E318" s="2" t="s">
         <v>1223</v>
       </c>
       <c r="F318" s="2" t="s">
         <v>1224</v>
       </c>
     </row>
     <row r="319" spans="1:6">
       <c r="A319" t="s">
-        <v>1080</v>
+        <v>1084</v>
       </c>
       <c r="B319" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="C319" t="s">
         <v>1225</v>
       </c>
       <c r="D319" t="s">
-        <v>1225</v>
+        <v>1226</v>
       </c>
       <c r="E319" s="2" t="s">
-        <v>1226</v>
+        <v>1227</v>
       </c>
       <c r="F319" s="2" t="s">
-        <v>1227</v>
+        <v>1228</v>
       </c>
     </row>
     <row r="320" spans="1:6">
       <c r="A320" t="s">
-        <v>1080</v>
+        <v>1084</v>
       </c>
       <c r="B320" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="C320" t="s">
-        <v>1228</v>
+        <v>1229</v>
       </c>
       <c r="D320" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
       <c r="E320" s="2" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
       <c r="F320" s="2" t="s">
-        <v>1231</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="321" spans="1:6">
       <c r="A321" t="s">
-        <v>1080</v>
+        <v>1084</v>
       </c>
       <c r="B321" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="C321" t="s">
-        <v>1232</v>
+        <v>1233</v>
       </c>
       <c r="D321" t="s">
         <v>1233</v>
       </c>
       <c r="E321" s="2" t="s">
         <v>1234</v>
       </c>
       <c r="F321" s="2" t="s">
         <v>1235</v>
       </c>
     </row>
     <row r="322" spans="1:6">
       <c r="A322" t="s">
-        <v>1080</v>
+        <v>1084</v>
       </c>
       <c r="B322" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="C322" t="s">
         <v>1236</v>
       </c>
       <c r="D322" t="s">
         <v>1237</v>
       </c>
       <c r="E322" s="2" t="s">
         <v>1238</v>
       </c>
       <c r="F322" s="2" t="s">
         <v>1239</v>
       </c>
     </row>
     <row r="323" spans="1:6">
       <c r="A323" t="s">
-        <v>1080</v>
+        <v>1084</v>
       </c>
       <c r="B323" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="C323" t="s">
         <v>1240</v>
       </c>
       <c r="D323" t="s">
         <v>1241</v>
       </c>
       <c r="E323" s="2" t="s">
         <v>1242</v>
       </c>
       <c r="F323" s="2" t="s">
         <v>1243</v>
       </c>
     </row>
     <row r="324" spans="1:6">
       <c r="A324" t="s">
-        <v>1080</v>
+        <v>1084</v>
       </c>
       <c r="B324" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="C324" t="s">
         <v>1244</v>
       </c>
       <c r="D324" t="s">
         <v>1245</v>
       </c>
       <c r="E324" s="2" t="s">
         <v>1246</v>
       </c>
       <c r="F324" s="2" t="s">
         <v>1247</v>
       </c>
     </row>
     <row r="325" spans="1:6">
       <c r="A325" t="s">
-        <v>1080</v>
+        <v>1084</v>
       </c>
       <c r="B325" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="C325" t="s">
         <v>1248</v>
       </c>
       <c r="D325" t="s">
         <v>1249</v>
       </c>
       <c r="E325" s="2" t="s">
         <v>1250</v>
       </c>
       <c r="F325" s="2" t="s">
         <v>1251</v>
       </c>
     </row>
     <row r="326" spans="1:6">
       <c r="A326" t="s">
-        <v>1080</v>
+        <v>1084</v>
       </c>
       <c r="B326" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="C326" t="s">
         <v>1252</v>
       </c>
       <c r="D326" t="s">
         <v>1253</v>
       </c>
       <c r="E326" s="2" t="s">
         <v>1254</v>
       </c>
       <c r="F326" s="2" t="s">
         <v>1255</v>
       </c>
     </row>
     <row r="327" spans="1:6">
       <c r="A327" t="s">
-        <v>1080</v>
+        <v>1084</v>
       </c>
       <c r="B327" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="C327" t="s">
         <v>1256</v>
       </c>
       <c r="D327" t="s">
         <v>1257</v>
       </c>
       <c r="E327" s="2" t="s">
         <v>1258</v>
       </c>
       <c r="F327" s="2" t="s">
         <v>1259</v>
       </c>
     </row>
     <row r="328" spans="1:6">
       <c r="A328" t="s">
-        <v>1080</v>
+        <v>1084</v>
       </c>
       <c r="B328" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="C328" t="s">
         <v>1260</v>
       </c>
       <c r="D328" t="s">
         <v>1261</v>
       </c>
       <c r="E328" s="2" t="s">
         <v>1262</v>
       </c>
       <c r="F328" s="2" t="s">
         <v>1263</v>
       </c>
     </row>
     <row r="329" spans="1:6">
       <c r="A329" t="s">
-        <v>1080</v>
+        <v>1084</v>
       </c>
       <c r="B329" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="C329" t="s">
         <v>1264</v>
       </c>
       <c r="D329" t="s">
         <v>1265</v>
       </c>
       <c r="E329" s="2" t="s">
         <v>1266</v>
       </c>
       <c r="F329" s="2" t="s">
         <v>1267</v>
       </c>
     </row>
     <row r="330" spans="1:6">
       <c r="A330" t="s">
-        <v>1080</v>
+        <v>1084</v>
       </c>
       <c r="B330" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="C330" t="s">
         <v>1268</v>
       </c>
       <c r="D330" t="s">
         <v>1269</v>
       </c>
       <c r="E330" s="2" t="s">
         <v>1270</v>
       </c>
       <c r="F330" s="2" t="s">
         <v>1271</v>
       </c>
     </row>
     <row r="331" spans="1:6">
       <c r="A331" t="s">
-        <v>1080</v>
+        <v>1084</v>
       </c>
       <c r="B331" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="C331" t="s">
         <v>1272</v>
       </c>
       <c r="D331" t="s">
         <v>1273</v>
       </c>
       <c r="E331" s="2" t="s">
         <v>1274</v>
       </c>
       <c r="F331" s="2" t="s">
         <v>1275</v>
       </c>
     </row>
     <row r="332" spans="1:6">
       <c r="A332" t="s">
-        <v>1080</v>
+        <v>1084</v>
       </c>
       <c r="B332" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="C332" t="s">
-        <v>981</v>
+        <v>1276</v>
       </c>
       <c r="D332" t="s">
-        <v>982</v>
+        <v>1277</v>
       </c>
       <c r="E332" s="2" t="s">
-        <v>1276</v>
+        <v>1278</v>
       </c>
       <c r="F332" s="2" t="s">
-        <v>1277</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="333" spans="1:6">
       <c r="A333" t="s">
-        <v>1080</v>
+        <v>1084</v>
       </c>
       <c r="B333" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="C333" t="s">
-        <v>985</v>
+        <v>1280</v>
       </c>
       <c r="D333" t="s">
-        <v>986</v>
+        <v>1281</v>
       </c>
       <c r="E333" s="2" t="s">
-        <v>1278</v>
+        <v>1282</v>
       </c>
       <c r="F333" s="2" t="s">
-        <v>1279</v>
+        <v>1283</v>
       </c>
     </row>
     <row r="334" spans="1:6">
       <c r="A334" t="s">
-        <v>1080</v>
+        <v>1084</v>
       </c>
       <c r="B334" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="C334" t="s">
-        <v>1280</v>
+        <v>1284</v>
       </c>
       <c r="D334" t="s">
-        <v>1281</v>
+        <v>1285</v>
       </c>
       <c r="E334" s="2" t="s">
-        <v>1282</v>
+        <v>1286</v>
       </c>
       <c r="F334" s="2" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="335" spans="1:6">
       <c r="A335" t="s">
-        <v>1080</v>
+        <v>1084</v>
       </c>
       <c r="B335" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="C335" t="s">
-        <v>1284</v>
+        <v>1288</v>
       </c>
       <c r="D335" t="s">
-        <v>1285</v>
+        <v>1289</v>
       </c>
       <c r="E335" s="2" t="s">
-        <v>1286</v>
+        <v>1290</v>
       </c>
       <c r="F335" s="2" t="s">
-        <v>1287</v>
+        <v>1291</v>
       </c>
     </row>
     <row r="336" spans="1:6">
       <c r="A336" t="s">
-        <v>1080</v>
+        <v>1084</v>
       </c>
       <c r="B336" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="C336" t="s">
-        <v>1288</v>
+        <v>1292</v>
       </c>
       <c r="D336" t="s">
-        <v>1289</v>
+        <v>1293</v>
       </c>
       <c r="E336" s="2" t="s">
-        <v>1290</v>
+        <v>1294</v>
       </c>
       <c r="F336" s="2" t="s">
-        <v>1291</v>
+        <v>1295</v>
       </c>
     </row>
     <row r="337" spans="1:6">
       <c r="A337" t="s">
-        <v>1080</v>
+        <v>1084</v>
       </c>
       <c r="B337" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="C337" t="s">
-        <v>1292</v>
+        <v>985</v>
       </c>
       <c r="D337" t="s">
-        <v>1293</v>
+        <v>986</v>
       </c>
       <c r="E337" s="2" t="s">
-        <v>1294</v>
+        <v>1296</v>
       </c>
       <c r="F337" s="2" t="s">
-        <v>1295</v>
+        <v>1297</v>
       </c>
     </row>
     <row r="338" spans="1:6">
       <c r="A338" t="s">
-        <v>1080</v>
+        <v>1084</v>
       </c>
       <c r="B338" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="C338" t="s">
-        <v>1296</v>
+        <v>989</v>
       </c>
       <c r="D338" t="s">
-        <v>1297</v>
+        <v>990</v>
       </c>
       <c r="E338" s="2" t="s">
         <v>1298</v>
       </c>
       <c r="F338" s="2" t="s">
         <v>1299</v>
       </c>
     </row>
     <row r="339" spans="1:6">
       <c r="A339" t="s">
-        <v>1080</v>
+        <v>1084</v>
       </c>
       <c r="B339" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="C339" t="s">
         <v>1300</v>
       </c>
       <c r="D339" t="s">
         <v>1301</v>
       </c>
       <c r="E339" s="2" t="s">
         <v>1302</v>
       </c>
       <c r="F339" s="2" t="s">
         <v>1303</v>
       </c>
     </row>
     <row r="340" spans="1:6">
       <c r="A340" t="s">
-        <v>1080</v>
+        <v>1084</v>
       </c>
       <c r="B340" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="C340" t="s">
         <v>1304</v>
       </c>
       <c r="D340" t="s">
         <v>1305</v>
       </c>
       <c r="E340" s="2" t="s">
         <v>1306</v>
       </c>
       <c r="F340" s="2" t="s">
         <v>1307</v>
       </c>
     </row>
     <row r="341" spans="1:6">
       <c r="A341" t="s">
-        <v>1080</v>
+        <v>1084</v>
       </c>
       <c r="B341" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="C341" t="s">
         <v>1308</v>
       </c>
       <c r="D341" t="s">
-        <v>1308</v>
+        <v>1309</v>
       </c>
       <c r="E341" s="2" t="s">
-        <v>1309</v>
+        <v>1310</v>
       </c>
       <c r="F341" s="2" t="s">
-        <v>1310</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="342" spans="1:6">
       <c r="A342" t="s">
-        <v>1311</v>
+        <v>1084</v>
       </c>
       <c r="B342" t="s">
+        <v>1085</v>
+      </c>
+      <c r="C342" t="s">
         <v>1312</v>
       </c>
-      <c r="C342" t="s">
+      <c r="D342" t="s">
         <v>1313</v>
       </c>
-      <c r="D342" t="s">
+      <c r="E342" s="2" t="s">
         <v>1314</v>
       </c>
-      <c r="E342" s="2" t="s">
+      <c r="F342" s="2" t="s">
         <v>1315</v>
-      </c>
-[...1 lines deleted...]
-        <v>1316</v>
       </c>
     </row>
     <row r="343" spans="1:6">
       <c r="A343" t="s">
-        <v>1311</v>
+        <v>1084</v>
       </c>
       <c r="B343" t="s">
-        <v>1312</v>
+        <v>1085</v>
       </c>
       <c r="C343" t="s">
+        <v>1316</v>
+      </c>
+      <c r="D343" t="s">
         <v>1317</v>
       </c>
-      <c r="D343" t="s">
+      <c r="E343" s="2" t="s">
         <v>1318</v>
       </c>
-      <c r="E343" s="2" t="s">
+      <c r="F343" s="2" t="s">
         <v>1319</v>
-      </c>
-[...1 lines deleted...]
-        <v>1320</v>
       </c>
     </row>
     <row r="344" spans="1:6">
       <c r="A344" t="s">
-        <v>1311</v>
+        <v>1084</v>
       </c>
       <c r="B344" t="s">
-        <v>1312</v>
+        <v>1085</v>
       </c>
       <c r="C344" t="s">
-        <v>221</v>
+        <v>1320</v>
       </c>
       <c r="D344" t="s">
-        <v>222</v>
+        <v>1321</v>
       </c>
       <c r="E344" s="2" t="s">
-        <v>1321</v>
+        <v>1322</v>
       </c>
       <c r="F344" s="2" t="s">
-        <v>1322</v>
+        <v>1323</v>
       </c>
     </row>
     <row r="345" spans="1:6">
       <c r="A345" t="s">
-        <v>1311</v>
+        <v>1084</v>
       </c>
       <c r="B345" t="s">
-        <v>1312</v>
+        <v>1085</v>
       </c>
       <c r="C345" t="s">
-        <v>253</v>
+        <v>1324</v>
       </c>
       <c r="D345" t="s">
-        <v>254</v>
+        <v>1325</v>
       </c>
       <c r="E345" s="2" t="s">
-        <v>1323</v>
+        <v>1326</v>
       </c>
       <c r="F345" s="2" t="s">
-        <v>1324</v>
+        <v>1327</v>
       </c>
     </row>
     <row r="346" spans="1:6">
       <c r="A346" t="s">
-        <v>1311</v>
+        <v>1084</v>
       </c>
       <c r="B346" t="s">
-        <v>1312</v>
+        <v>1085</v>
       </c>
       <c r="C346" t="s">
-        <v>1325</v>
+        <v>1328</v>
       </c>
       <c r="D346" t="s">
-        <v>1326</v>
+        <v>1329</v>
       </c>
       <c r="E346" s="2" t="s">
-        <v>1327</v>
+        <v>1330</v>
       </c>
       <c r="F346" s="2" t="s">
-        <v>1328</v>
+        <v>1331</v>
       </c>
     </row>
     <row r="347" spans="1:6">
       <c r="A347" t="s">
-        <v>1311</v>
+        <v>1084</v>
       </c>
       <c r="B347" t="s">
-        <v>1312</v>
+        <v>1085</v>
       </c>
       <c r="C347" t="s">
-        <v>1329</v>
+        <v>1332</v>
       </c>
       <c r="D347" t="s">
-        <v>1330</v>
+        <v>1333</v>
       </c>
       <c r="E347" s="2" t="s">
-        <v>1331</v>
+        <v>1334</v>
       </c>
       <c r="F347" s="2" t="s">
-        <v>1332</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="348" spans="1:6">
       <c r="A348" t="s">
-        <v>1311</v>
+        <v>1084</v>
       </c>
       <c r="B348" t="s">
-        <v>1312</v>
+        <v>1085</v>
       </c>
       <c r="C348" t="s">
-        <v>1333</v>
+        <v>1336</v>
       </c>
       <c r="D348" t="s">
-        <v>1334</v>
+        <v>1336</v>
       </c>
       <c r="E348" s="2" t="s">
-        <v>1335</v>
+        <v>1337</v>
       </c>
       <c r="F348" s="2" t="s">
-        <v>1336</v>
+        <v>1338</v>
       </c>
     </row>
     <row r="349" spans="1:6">
       <c r="A349" t="s">
-        <v>1311</v>
+        <v>1339</v>
       </c>
       <c r="B349" t="s">
-        <v>1312</v>
+        <v>1340</v>
       </c>
       <c r="C349" t="s">
-        <v>1337</v>
+        <v>1341</v>
       </c>
       <c r="D349" t="s">
-        <v>1338</v>
+        <v>1342</v>
       </c>
       <c r="E349" s="2" t="s">
-        <v>1339</v>
+        <v>1343</v>
       </c>
       <c r="F349" s="2" t="s">
-        <v>1340</v>
+        <v>1344</v>
       </c>
     </row>
     <row r="350" spans="1:6">
       <c r="A350" t="s">
-        <v>1311</v>
+        <v>1339</v>
       </c>
       <c r="B350" t="s">
-        <v>1312</v>
+        <v>1340</v>
       </c>
       <c r="C350" t="s">
-        <v>1341</v>
+        <v>1345</v>
       </c>
       <c r="D350" t="s">
-        <v>1342</v>
+        <v>1346</v>
       </c>
       <c r="E350" s="2" t="s">
-        <v>1343</v>
+        <v>1347</v>
       </c>
       <c r="F350" s="2" t="s">
-        <v>1344</v>
+        <v>1348</v>
       </c>
     </row>
     <row r="351" spans="1:6">
       <c r="A351" t="s">
-        <v>1311</v>
+        <v>1339</v>
       </c>
       <c r="B351" t="s">
-        <v>1312</v>
+        <v>1340</v>
       </c>
       <c r="C351" t="s">
-        <v>1345</v>
+        <v>225</v>
       </c>
       <c r="D351" t="s">
-        <v>1346</v>
+        <v>226</v>
       </c>
       <c r="E351" s="2" t="s">
-        <v>1347</v>
+        <v>1349</v>
       </c>
       <c r="F351" s="2" t="s">
-        <v>1348</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="352" spans="1:6">
       <c r="A352" t="s">
-        <v>1311</v>
+        <v>1339</v>
       </c>
       <c r="B352" t="s">
-        <v>1312</v>
+        <v>1340</v>
       </c>
       <c r="C352" t="s">
-        <v>1349</v>
+        <v>257</v>
       </c>
       <c r="D352" t="s">
-        <v>1350</v>
+        <v>258</v>
       </c>
       <c r="E352" s="2" t="s">
         <v>1351</v>
       </c>
       <c r="F352" s="2" t="s">
         <v>1352</v>
       </c>
     </row>
     <row r="353" spans="1:6">
       <c r="A353" t="s">
-        <v>1311</v>
+        <v>1339</v>
       </c>
       <c r="B353" t="s">
-        <v>1312</v>
+        <v>1340</v>
       </c>
       <c r="C353" t="s">
         <v>1353</v>
       </c>
       <c r="D353" t="s">
         <v>1354</v>
       </c>
       <c r="E353" s="2" t="s">
         <v>1355</v>
       </c>
       <c r="F353" s="2" t="s">
         <v>1356</v>
       </c>
     </row>
     <row r="354" spans="1:6">
       <c r="A354" t="s">
-        <v>1311</v>
+        <v>1339</v>
       </c>
       <c r="B354" t="s">
-        <v>1312</v>
+        <v>1340</v>
       </c>
       <c r="C354" t="s">
         <v>1357</v>
       </c>
       <c r="D354" t="s">
         <v>1358</v>
       </c>
       <c r="E354" s="2" t="s">
         <v>1359</v>
       </c>
       <c r="F354" s="2" t="s">
         <v>1360</v>
       </c>
     </row>
     <row r="355" spans="1:6">
       <c r="A355" t="s">
-        <v>1311</v>
+        <v>1339</v>
       </c>
       <c r="B355" t="s">
-        <v>1312</v>
+        <v>1340</v>
       </c>
       <c r="C355" t="s">
         <v>1361</v>
       </c>
       <c r="D355" t="s">
         <v>1362</v>
       </c>
       <c r="E355" s="2" t="s">
         <v>1363</v>
       </c>
       <c r="F355" s="2" t="s">
         <v>1364</v>
       </c>
     </row>
     <row r="356" spans="1:6">
       <c r="A356" t="s">
-        <v>1311</v>
+        <v>1339</v>
       </c>
       <c r="B356" t="s">
-        <v>1312</v>
+        <v>1340</v>
       </c>
       <c r="C356" t="s">
         <v>1365</v>
       </c>
       <c r="D356" t="s">
         <v>1366</v>
       </c>
       <c r="E356" s="2" t="s">
         <v>1367</v>
       </c>
       <c r="F356" s="2" t="s">
         <v>1368</v>
       </c>
     </row>
     <row r="357" spans="1:6">
       <c r="A357" t="s">
+        <v>1339</v>
+      </c>
+      <c r="B357" t="s">
+        <v>1340</v>
+      </c>
+      <c r="C357" t="s">
         <v>1369</v>
       </c>
-      <c r="B357" t="s">
+      <c r="D357" t="s">
         <v>1370</v>
       </c>
-      <c r="C357" t="s">
+      <c r="E357" s="2" t="s">
         <v>1371</v>
       </c>
-      <c r="D357" t="s">
+      <c r="F357" s="2" t="s">
         <v>1372</v>
-      </c>
-[...4 lines deleted...]
-        <v>1374</v>
       </c>
     </row>
     <row r="358" spans="1:6">
       <c r="A358" t="s">
-        <v>1369</v>
+        <v>1339</v>
       </c>
       <c r="B358" t="s">
-        <v>1370</v>
+        <v>1340</v>
       </c>
       <c r="C358" t="s">
+        <v>1373</v>
+      </c>
+      <c r="D358" t="s">
+        <v>1374</v>
+      </c>
+      <c r="E358" s="2" t="s">
         <v>1375</v>
       </c>
-      <c r="D358" t="s">
+      <c r="F358" s="2" t="s">
         <v>1376</v>
-      </c>
-[...4 lines deleted...]
-        <v>1378</v>
       </c>
     </row>
     <row r="359" spans="1:6">
       <c r="A359" t="s">
-        <v>1369</v>
+        <v>1339</v>
       </c>
       <c r="B359" t="s">
-        <v>1370</v>
+        <v>1340</v>
       </c>
       <c r="C359" t="s">
+        <v>1377</v>
+      </c>
+      <c r="D359" t="s">
+        <v>1378</v>
+      </c>
+      <c r="E359" s="2" t="s">
         <v>1379</v>
       </c>
-      <c r="D359" t="s">
+      <c r="F359" s="2" t="s">
         <v>1380</v>
-      </c>
-[...4 lines deleted...]
-        <v>1382</v>
       </c>
     </row>
     <row r="360" spans="1:6">
       <c r="A360" t="s">
-        <v>1369</v>
+        <v>1339</v>
       </c>
       <c r="B360" t="s">
-        <v>1370</v>
+        <v>1340</v>
       </c>
       <c r="C360" t="s">
+        <v>1381</v>
+      </c>
+      <c r="D360" t="s">
+        <v>1382</v>
+      </c>
+      <c r="E360" s="2" t="s">
         <v>1383</v>
       </c>
-      <c r="D360" t="s">
+      <c r="F360" s="2" t="s">
         <v>1384</v>
-      </c>
-[...4 lines deleted...]
-        <v>1386</v>
       </c>
     </row>
     <row r="361" spans="1:6">
       <c r="A361" t="s">
-        <v>1369</v>
+        <v>1339</v>
       </c>
       <c r="B361" t="s">
-        <v>1370</v>
+        <v>1340</v>
       </c>
       <c r="C361" t="s">
+        <v>1385</v>
+      </c>
+      <c r="D361" t="s">
+        <v>1386</v>
+      </c>
+      <c r="E361" s="2" t="s">
         <v>1387</v>
       </c>
-      <c r="D361" t="s">
-[...2 lines deleted...]
-      <c r="E361" s="2" t="s">
+      <c r="F361" s="2" t="s">
         <v>1388</v>
-      </c>
-[...1 lines deleted...]
-        <v>1389</v>
       </c>
     </row>
     <row r="362" spans="1:6">
       <c r="A362" t="s">
-        <v>1369</v>
+        <v>1339</v>
       </c>
       <c r="B362" t="s">
-        <v>1370</v>
+        <v>1340</v>
       </c>
       <c r="C362" t="s">
+        <v>1389</v>
+      </c>
+      <c r="D362" t="s">
         <v>1390</v>
       </c>
-      <c r="D362" t="s">
+      <c r="E362" s="2" t="s">
         <v>1391</v>
       </c>
-      <c r="E362" s="2" t="s">
+      <c r="F362" s="2" t="s">
         <v>1392</v>
-      </c>
-[...1 lines deleted...]
-        <v>1393</v>
       </c>
     </row>
     <row r="363" spans="1:6">
       <c r="A363" t="s">
-        <v>1369</v>
+        <v>1339</v>
       </c>
       <c r="B363" t="s">
-        <v>1370</v>
+        <v>1340</v>
       </c>
       <c r="C363" t="s">
+        <v>1393</v>
+      </c>
+      <c r="D363" t="s">
         <v>1394</v>
       </c>
-      <c r="D363" t="s">
+      <c r="E363" s="2" t="s">
         <v>1395</v>
       </c>
-      <c r="E363" s="2" t="s">
+      <c r="F363" s="2" t="s">
         <v>1396</v>
-      </c>
-[...1 lines deleted...]
-        <v>1397</v>
       </c>
     </row>
     <row r="364" spans="1:6">
       <c r="A364" t="s">
-        <v>1369</v>
+        <v>1397</v>
       </c>
       <c r="B364" t="s">
-        <v>1370</v>
+        <v>1398</v>
       </c>
       <c r="C364" t="s">
-        <v>1398</v>
+        <v>1399</v>
       </c>
       <c r="D364" t="s">
-        <v>1398</v>
+        <v>1400</v>
       </c>
       <c r="E364" s="2" t="s">
-        <v>1399</v>
+        <v>1401</v>
       </c>
       <c r="F364" s="2" t="s">
-        <v>1400</v>
+        <v>1402</v>
       </c>
     </row>
     <row r="365" spans="1:6">
       <c r="A365" t="s">
-        <v>1369</v>
+        <v>1397</v>
       </c>
       <c r="B365" t="s">
-        <v>1370</v>
+        <v>1398</v>
       </c>
       <c r="C365" t="s">
-        <v>162</v>
+        <v>1403</v>
       </c>
       <c r="D365" t="s">
-        <v>163</v>
+        <v>1404</v>
       </c>
       <c r="E365" s="2" t="s">
-        <v>1401</v>
+        <v>1405</v>
       </c>
       <c r="F365" s="2" t="s">
-        <v>1402</v>
+        <v>1406</v>
       </c>
     </row>
     <row r="366" spans="1:6">
       <c r="A366" t="s">
-        <v>1369</v>
+        <v>1397</v>
       </c>
       <c r="B366" t="s">
-        <v>1370</v>
+        <v>1398</v>
       </c>
       <c r="C366" t="s">
-        <v>1403</v>
+        <v>1407</v>
       </c>
       <c r="D366" t="s">
-        <v>1404</v>
+        <v>1408</v>
       </c>
       <c r="E366" s="2" t="s">
-        <v>1405</v>
+        <v>1409</v>
       </c>
       <c r="F366" s="2" t="s">
-        <v>1406</v>
+        <v>1410</v>
       </c>
     </row>
     <row r="367" spans="1:6">
       <c r="A367" t="s">
-        <v>1369</v>
+        <v>1397</v>
       </c>
       <c r="B367" t="s">
-        <v>1370</v>
+        <v>1398</v>
       </c>
       <c r="C367" t="s">
-        <v>1407</v>
+        <v>1411</v>
       </c>
       <c r="D367" t="s">
-        <v>1408</v>
+        <v>1412</v>
       </c>
       <c r="E367" s="2" t="s">
-        <v>1409</v>
+        <v>1413</v>
       </c>
       <c r="F367" s="2" t="s">
-        <v>1410</v>
+        <v>1414</v>
       </c>
     </row>
     <row r="368" spans="1:6">
       <c r="A368" t="s">
-        <v>1369</v>
+        <v>1397</v>
       </c>
       <c r="B368" t="s">
-        <v>1370</v>
+        <v>1398</v>
       </c>
       <c r="C368" t="s">
-        <v>1411</v>
+        <v>1415</v>
       </c>
       <c r="D368" t="s">
-        <v>1412</v>
+        <v>1415</v>
       </c>
       <c r="E368" s="2" t="s">
-        <v>1413</v>
+        <v>1416</v>
       </c>
       <c r="F368" s="2" t="s">
-        <v>1414</v>
+        <v>1417</v>
       </c>
     </row>
     <row r="369" spans="1:6">
       <c r="A369" t="s">
-        <v>1369</v>
+        <v>1397</v>
       </c>
       <c r="B369" t="s">
-        <v>1370</v>
+        <v>1398</v>
       </c>
       <c r="C369" t="s">
-        <v>1415</v>
+        <v>1418</v>
       </c>
       <c r="D369" t="s">
-        <v>1416</v>
+        <v>1419</v>
       </c>
       <c r="E369" s="2" t="s">
-        <v>1417</v>
+        <v>1420</v>
       </c>
       <c r="F369" s="2" t="s">
-        <v>1418</v>
+        <v>1421</v>
       </c>
     </row>
     <row r="370" spans="1:6">
       <c r="A370" t="s">
-        <v>1369</v>
+        <v>1397</v>
       </c>
       <c r="B370" t="s">
-        <v>1370</v>
+        <v>1398</v>
       </c>
       <c r="C370" t="s">
-        <v>1419</v>
+        <v>1422</v>
       </c>
       <c r="D370" t="s">
-        <v>1420</v>
+        <v>1423</v>
       </c>
       <c r="E370" s="2" t="s">
-        <v>1421</v>
+        <v>1424</v>
       </c>
       <c r="F370" s="2" t="s">
-        <v>1422</v>
+        <v>1425</v>
       </c>
     </row>
     <row r="371" spans="1:6">
       <c r="A371" t="s">
-        <v>1369</v>
+        <v>1397</v>
       </c>
       <c r="B371" t="s">
-        <v>1370</v>
+        <v>1398</v>
       </c>
       <c r="C371" t="s">
-        <v>1423</v>
+        <v>1426</v>
       </c>
       <c r="D371" t="s">
-        <v>1424</v>
+        <v>1426</v>
       </c>
       <c r="E371" s="2" t="s">
-        <v>1425</v>
+        <v>1427</v>
       </c>
       <c r="F371" s="2" t="s">
-        <v>1426</v>
+        <v>1428</v>
       </c>
     </row>
     <row r="372" spans="1:6">
       <c r="A372" t="s">
-        <v>1369</v>
+        <v>1397</v>
       </c>
       <c r="B372" t="s">
-        <v>1370</v>
+        <v>1398</v>
       </c>
       <c r="C372" t="s">
-        <v>1427</v>
+        <v>162</v>
       </c>
       <c r="D372" t="s">
-        <v>1428</v>
+        <v>163</v>
       </c>
       <c r="E372" s="2" t="s">
         <v>1429</v>
       </c>
       <c r="F372" s="2" t="s">
         <v>1430</v>
       </c>
     </row>
     <row r="373" spans="1:6">
       <c r="A373" t="s">
-        <v>1369</v>
+        <v>1397</v>
       </c>
       <c r="B373" t="s">
-        <v>1370</v>
+        <v>1398</v>
       </c>
       <c r="C373" t="s">
         <v>1431</v>
       </c>
       <c r="D373" t="s">
         <v>1432</v>
       </c>
       <c r="E373" s="2" t="s">
         <v>1433</v>
       </c>
       <c r="F373" s="2" t="s">
         <v>1434</v>
       </c>
     </row>
     <row r="374" spans="1:6">
       <c r="A374" t="s">
-        <v>1369</v>
+        <v>1397</v>
       </c>
       <c r="B374" t="s">
-        <v>1370</v>
+        <v>1398</v>
       </c>
       <c r="C374" t="s">
         <v>1435</v>
       </c>
       <c r="D374" t="s">
         <v>1436</v>
       </c>
       <c r="E374" s="2" t="s">
         <v>1437</v>
       </c>
       <c r="F374" s="2" t="s">
         <v>1438</v>
       </c>
     </row>
     <row r="375" spans="1:6">
       <c r="A375" t="s">
-        <v>1369</v>
+        <v>1397</v>
       </c>
       <c r="B375" t="s">
-        <v>1370</v>
+        <v>1398</v>
       </c>
       <c r="C375" t="s">
         <v>1439</v>
       </c>
       <c r="D375" t="s">
         <v>1440</v>
       </c>
       <c r="E375" s="2" t="s">
         <v>1441</v>
       </c>
       <c r="F375" s="2" t="s">
         <v>1442</v>
       </c>
     </row>
     <row r="376" spans="1:6">
       <c r="A376" t="s">
-        <v>1369</v>
+        <v>1397</v>
       </c>
       <c r="B376" t="s">
-        <v>1370</v>
+        <v>1398</v>
       </c>
       <c r="C376" t="s">
         <v>1443</v>
       </c>
       <c r="D376" t="s">
         <v>1444</v>
       </c>
       <c r="E376" s="2" t="s">
         <v>1445</v>
       </c>
       <c r="F376" s="2" t="s">
         <v>1446</v>
       </c>
     </row>
     <row r="377" spans="1:6">
       <c r="A377" t="s">
-        <v>1369</v>
+        <v>1397</v>
       </c>
       <c r="B377" t="s">
-        <v>1370</v>
+        <v>1398</v>
       </c>
       <c r="C377" t="s">
         <v>1447</v>
       </c>
       <c r="D377" t="s">
         <v>1448</v>
       </c>
       <c r="E377" s="2" t="s">
         <v>1449</v>
       </c>
       <c r="F377" s="2" t="s">
         <v>1450</v>
       </c>
     </row>
     <row r="378" spans="1:6">
       <c r="A378" t="s">
-        <v>1369</v>
+        <v>1397</v>
       </c>
       <c r="B378" t="s">
-        <v>1370</v>
+        <v>1398</v>
       </c>
       <c r="C378" t="s">
         <v>1451</v>
       </c>
       <c r="D378" t="s">
-        <v>1451</v>
+        <v>1452</v>
       </c>
       <c r="E378" s="2" t="s">
-        <v>1452</v>
+        <v>1453</v>
       </c>
       <c r="F378" s="2" t="s">
-        <v>1453</v>
+        <v>1454</v>
       </c>
     </row>
     <row r="379" spans="1:6">
       <c r="A379" t="s">
-        <v>1369</v>
+        <v>1397</v>
       </c>
       <c r="B379" t="s">
-        <v>1370</v>
+        <v>1398</v>
       </c>
       <c r="C379" t="s">
-        <v>1454</v>
+        <v>1455</v>
       </c>
       <c r="D379" t="s">
-        <v>1455</v>
+        <v>1456</v>
       </c>
       <c r="E379" s="2" t="s">
-        <v>1456</v>
+        <v>1457</v>
       </c>
       <c r="F379" s="2" t="s">
-        <v>1457</v>
+        <v>1458</v>
       </c>
     </row>
     <row r="380" spans="1:6">
       <c r="A380" t="s">
-        <v>1369</v>
+        <v>1397</v>
       </c>
       <c r="B380" t="s">
-        <v>1370</v>
+        <v>1398</v>
       </c>
       <c r="C380" t="s">
-        <v>189</v>
+        <v>1459</v>
       </c>
       <c r="D380" t="s">
-        <v>190</v>
+        <v>1460</v>
       </c>
       <c r="E380" s="2" t="s">
-        <v>1458</v>
+        <v>1461</v>
       </c>
       <c r="F380" s="2" t="s">
-        <v>1459</v>
+        <v>1462</v>
       </c>
     </row>
     <row r="381" spans="1:6">
       <c r="A381" t="s">
-        <v>1369</v>
+        <v>1397</v>
       </c>
       <c r="B381" t="s">
-        <v>1370</v>
+        <v>1398</v>
       </c>
       <c r="C381" t="s">
-        <v>1460</v>
+        <v>1463</v>
       </c>
       <c r="D381" t="s">
-        <v>1461</v>
+        <v>1464</v>
       </c>
       <c r="E381" s="2" t="s">
-        <v>1462</v>
+        <v>1465</v>
       </c>
       <c r="F381" s="2" t="s">
-        <v>1463</v>
+        <v>1466</v>
       </c>
     </row>
     <row r="382" spans="1:6">
       <c r="A382" t="s">
-        <v>1369</v>
+        <v>1397</v>
       </c>
       <c r="B382" t="s">
-        <v>1370</v>
+        <v>1398</v>
       </c>
       <c r="C382" t="s">
-        <v>1464</v>
+        <v>1467</v>
       </c>
       <c r="D382" t="s">
-        <v>1465</v>
+        <v>1468</v>
       </c>
       <c r="E382" s="2" t="s">
-        <v>1466</v>
+        <v>1469</v>
       </c>
       <c r="F382" s="2" t="s">
-        <v>1467</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="383" spans="1:6">
       <c r="A383" t="s">
-        <v>1468</v>
+        <v>1397</v>
       </c>
       <c r="B383" t="s">
-        <v>1469</v>
+        <v>1398</v>
       </c>
       <c r="C383" t="s">
-        <v>1470</v>
+        <v>1471</v>
       </c>
       <c r="D383" t="s">
-        <v>1471</v>
+        <v>1472</v>
       </c>
       <c r="E383" s="2" t="s">
-        <v>1472</v>
+        <v>1473</v>
       </c>
       <c r="F383" s="2" t="s">
-        <v>1473</v>
+        <v>1474</v>
       </c>
     </row>
     <row r="384" spans="1:6">
       <c r="A384" t="s">
-        <v>1468</v>
+        <v>1397</v>
       </c>
       <c r="B384" t="s">
-        <v>1469</v>
+        <v>1398</v>
       </c>
       <c r="C384" t="s">
-        <v>1474</v>
+        <v>1475</v>
       </c>
       <c r="D384" t="s">
-        <v>1475</v>
+        <v>1476</v>
       </c>
       <c r="E384" s="2" t="s">
-        <v>1476</v>
+        <v>1477</v>
       </c>
       <c r="F384" s="2" t="s">
-        <v>1477</v>
+        <v>1478</v>
       </c>
     </row>
     <row r="385" spans="1:6">
       <c r="A385" t="s">
-        <v>1468</v>
+        <v>1397</v>
       </c>
       <c r="B385" t="s">
-        <v>1469</v>
+        <v>1398</v>
       </c>
       <c r="C385" t="s">
-        <v>1478</v>
+        <v>1479</v>
       </c>
       <c r="D385" t="s">
         <v>1479</v>
       </c>
       <c r="E385" s="2" t="s">
         <v>1480</v>
       </c>
       <c r="F385" s="2" t="s">
         <v>1481</v>
       </c>
     </row>
     <row r="386" spans="1:6">
       <c r="A386" t="s">
-        <v>1468</v>
+        <v>1397</v>
       </c>
       <c r="B386" t="s">
-        <v>1469</v>
+        <v>1398</v>
       </c>
       <c r="C386" t="s">
         <v>1482</v>
       </c>
       <c r="D386" t="s">
         <v>1483</v>
       </c>
       <c r="E386" s="2" t="s">
         <v>1484</v>
       </c>
       <c r="F386" s="2" t="s">
         <v>1485</v>
       </c>
     </row>
     <row r="387" spans="1:6">
       <c r="A387" t="s">
-        <v>1468</v>
+        <v>1397</v>
       </c>
       <c r="B387" t="s">
-        <v>1469</v>
+        <v>1398</v>
       </c>
       <c r="C387" t="s">
+        <v>193</v>
+      </c>
+      <c r="D387" t="s">
+        <v>194</v>
+      </c>
+      <c r="E387" s="2" t="s">
         <v>1486</v>
       </c>
-      <c r="D387" t="s">
+      <c r="F387" s="2" t="s">
         <v>1487</v>
-      </c>
-[...4 lines deleted...]
-        <v>1489</v>
       </c>
     </row>
     <row r="388" spans="1:6">
       <c r="A388" t="s">
-        <v>1468</v>
+        <v>1397</v>
       </c>
       <c r="B388" t="s">
-        <v>1469</v>
+        <v>1398</v>
       </c>
       <c r="C388" t="s">
+        <v>1488</v>
+      </c>
+      <c r="D388" t="s">
+        <v>1489</v>
+      </c>
+      <c r="E388" s="2" t="s">
         <v>1490</v>
       </c>
-      <c r="D388" t="s">
+      <c r="F388" s="2" t="s">
         <v>1491</v>
-      </c>
-[...4 lines deleted...]
-        <v>1493</v>
       </c>
     </row>
     <row r="389" spans="1:6">
       <c r="A389" t="s">
-        <v>1468</v>
+        <v>1397</v>
       </c>
       <c r="B389" t="s">
-        <v>1469</v>
+        <v>1398</v>
       </c>
       <c r="C389" t="s">
+        <v>1492</v>
+      </c>
+      <c r="D389" t="s">
+        <v>1493</v>
+      </c>
+      <c r="E389" s="2" t="s">
         <v>1494</v>
       </c>
-      <c r="D389" t="s">
+      <c r="F389" s="2" t="s">
         <v>1495</v>
-      </c>
-[...4 lines deleted...]
-        <v>1497</v>
       </c>
     </row>
     <row r="390" spans="1:6">
       <c r="A390" t="s">
-        <v>1468</v>
+        <v>1496</v>
       </c>
       <c r="B390" t="s">
-        <v>1469</v>
+        <v>1497</v>
       </c>
       <c r="C390" t="s">
         <v>1498</v>
       </c>
       <c r="D390" t="s">
         <v>1499</v>
       </c>
       <c r="E390" s="2" t="s">
         <v>1500</v>
       </c>
       <c r="F390" s="2" t="s">
         <v>1501</v>
       </c>
     </row>
     <row r="391" spans="1:6">
       <c r="A391" t="s">
-        <v>1468</v>
+        <v>1496</v>
       </c>
       <c r="B391" t="s">
-        <v>1469</v>
+        <v>1497</v>
       </c>
       <c r="C391" t="s">
         <v>1502</v>
       </c>
       <c r="D391" t="s">
         <v>1503</v>
       </c>
       <c r="E391" s="2" t="s">
         <v>1504</v>
       </c>
       <c r="F391" s="2" t="s">
         <v>1505</v>
       </c>
     </row>
     <row r="392" spans="1:6">
       <c r="A392" t="s">
-        <v>1468</v>
+        <v>1496</v>
       </c>
       <c r="B392" t="s">
-        <v>1469</v>
+        <v>1497</v>
       </c>
       <c r="C392" t="s">
         <v>1506</v>
       </c>
       <c r="D392" t="s">
         <v>1507</v>
       </c>
       <c r="E392" s="2" t="s">
         <v>1508</v>
       </c>
       <c r="F392" s="2" t="s">
         <v>1509</v>
       </c>
     </row>
     <row r="393" spans="1:6">
       <c r="A393" t="s">
-        <v>1468</v>
+        <v>1496</v>
       </c>
       <c r="B393" t="s">
-        <v>1469</v>
+        <v>1497</v>
       </c>
       <c r="C393" t="s">
         <v>1510</v>
       </c>
       <c r="D393" t="s">
         <v>1511</v>
       </c>
       <c r="E393" s="2" t="s">
         <v>1512</v>
       </c>
       <c r="F393" s="2" t="s">
         <v>1513</v>
       </c>
     </row>
     <row r="394" spans="1:6">
       <c r="A394" t="s">
+        <v>1496</v>
+      </c>
+      <c r="B394" t="s">
+        <v>1497</v>
+      </c>
+      <c r="C394" t="s">
         <v>1514</v>
       </c>
-      <c r="B394" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D394" t="s">
-        <v>234</v>
+        <v>1515</v>
       </c>
       <c r="E394" s="2" t="s">
-        <v>235</v>
+        <v>1516</v>
       </c>
       <c r="F394" s="2" t="s">
-        <v>1515</v>
+        <v>1517</v>
       </c>
     </row>
     <row r="395" spans="1:6">
       <c r="A395" t="s">
-        <v>1514</v>
+        <v>1496</v>
       </c>
       <c r="B395" t="s">
-        <v>1514</v>
+        <v>1497</v>
       </c>
       <c r="C395" t="s">
-        <v>1516</v>
+        <v>1518</v>
       </c>
       <c r="D395" t="s">
-        <v>1517</v>
+        <v>1519</v>
       </c>
       <c r="E395" s="2" t="s">
-        <v>1518</v>
+        <v>1520</v>
       </c>
       <c r="F395" s="2" t="s">
-        <v>1519</v>
+        <v>1521</v>
       </c>
     </row>
     <row r="396" spans="1:6">
       <c r="A396" t="s">
-        <v>1514</v>
+        <v>1496</v>
       </c>
       <c r="B396" t="s">
-        <v>1514</v>
+        <v>1497</v>
       </c>
       <c r="C396" t="s">
-        <v>1520</v>
+        <v>1522</v>
       </c>
       <c r="D396" t="s">
-        <v>1521</v>
+        <v>1523</v>
       </c>
       <c r="E396" s="2" t="s">
-        <v>1522</v>
+        <v>1524</v>
       </c>
       <c r="F396" s="2" t="s">
-        <v>1523</v>
+        <v>1525</v>
       </c>
     </row>
     <row r="397" spans="1:6">
       <c r="A397" t="s">
-        <v>1514</v>
+        <v>1496</v>
       </c>
       <c r="B397" t="s">
-        <v>1514</v>
+        <v>1497</v>
       </c>
       <c r="C397" t="s">
-        <v>1524</v>
+        <v>1526</v>
       </c>
       <c r="D397" t="s">
-        <v>1525</v>
+        <v>1527</v>
       </c>
       <c r="E397" s="2" t="s">
-        <v>1526</v>
+        <v>1528</v>
       </c>
       <c r="F397" s="2" t="s">
-        <v>1527</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="398" spans="1:6">
       <c r="A398" t="s">
-        <v>1528</v>
+        <v>1496</v>
       </c>
       <c r="B398" t="s">
-        <v>1528</v>
+        <v>1497</v>
       </c>
       <c r="C398" t="s">
-        <v>1529</v>
+        <v>1530</v>
       </c>
       <c r="D398" t="s">
-        <v>1530</v>
+        <v>1531</v>
       </c>
       <c r="E398" s="2" t="s">
-        <v>1531</v>
+        <v>1532</v>
       </c>
       <c r="F398" s="2" t="s">
-        <v>1532</v>
+        <v>1533</v>
       </c>
     </row>
     <row r="399" spans="1:6">
       <c r="A399" t="s">
-        <v>1528</v>
+        <v>1496</v>
       </c>
       <c r="B399" t="s">
-        <v>1528</v>
+        <v>1497</v>
       </c>
       <c r="C399" t="s">
-        <v>1533</v>
+        <v>1534</v>
       </c>
       <c r="D399" t="s">
-        <v>1534</v>
+        <v>1535</v>
       </c>
       <c r="E399" s="2" t="s">
-        <v>1535</v>
+        <v>1536</v>
       </c>
       <c r="F399" s="2" t="s">
-        <v>1536</v>
+        <v>1537</v>
       </c>
     </row>
     <row r="400" spans="1:6">
       <c r="A400" t="s">
-        <v>1528</v>
+        <v>1496</v>
       </c>
       <c r="B400" t="s">
-        <v>1528</v>
+        <v>1497</v>
       </c>
       <c r="C400" t="s">
-        <v>1537</v>
+        <v>1538</v>
       </c>
       <c r="D400" t="s">
-        <v>1538</v>
+        <v>1539</v>
       </c>
       <c r="E400" s="2" t="s">
-        <v>1539</v>
+        <v>1540</v>
       </c>
       <c r="F400" s="2" t="s">
-        <v>1540</v>
+        <v>1541</v>
       </c>
     </row>
     <row r="401" spans="1:6">
       <c r="A401" t="s">
-        <v>1528</v>
+        <v>1542</v>
       </c>
       <c r="B401" t="s">
-        <v>1528</v>
+        <v>1542</v>
       </c>
       <c r="C401" t="s">
-        <v>1541</v>
+        <v>237</v>
       </c>
       <c r="D401" t="s">
-        <v>1541</v>
+        <v>238</v>
       </c>
       <c r="E401" s="2" t="s">
-        <v>1542</v>
+        <v>239</v>
       </c>
       <c r="F401" s="2" t="s">
         <v>1543</v>
       </c>
     </row>
     <row r="402" spans="1:6">
       <c r="A402" t="s">
-        <v>1528</v>
+        <v>1542</v>
       </c>
       <c r="B402" t="s">
-        <v>1528</v>
+        <v>1542</v>
       </c>
       <c r="C402" t="s">
         <v>1544</v>
       </c>
       <c r="D402" t="s">
-        <v>1544</v>
+        <v>1545</v>
       </c>
       <c r="E402" s="2" t="s">
-        <v>1545</v>
+        <v>1546</v>
       </c>
       <c r="F402" s="2" t="s">
-        <v>1546</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="403" spans="1:6">
       <c r="A403" t="s">
-        <v>1528</v>
+        <v>1542</v>
       </c>
       <c r="B403" t="s">
-        <v>1528</v>
+        <v>1542</v>
       </c>
       <c r="C403" t="s">
-        <v>1547</v>
+        <v>1548</v>
       </c>
       <c r="D403" t="s">
-        <v>1548</v>
+        <v>1549</v>
       </c>
       <c r="E403" s="2" t="s">
-        <v>1549</v>
+        <v>1550</v>
       </c>
       <c r="F403" s="2" t="s">
-        <v>1550</v>
+        <v>1551</v>
       </c>
     </row>
     <row r="404" spans="1:6">
       <c r="A404" t="s">
-        <v>1528</v>
+        <v>1542</v>
       </c>
       <c r="B404" t="s">
-        <v>1528</v>
+        <v>1542</v>
       </c>
       <c r="C404" t="s">
-        <v>1551</v>
+        <v>1552</v>
       </c>
       <c r="D404" t="s">
-        <v>1552</v>
+        <v>1553</v>
       </c>
       <c r="E404" s="2" t="s">
-        <v>1553</v>
+        <v>1554</v>
       </c>
       <c r="F404" s="2" t="s">
-        <v>1554</v>
+        <v>1555</v>
       </c>
     </row>
     <row r="405" spans="1:6">
       <c r="A405" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="B405" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="C405" t="s">
-        <v>1555</v>
+        <v>1557</v>
       </c>
       <c r="D405" t="s">
-        <v>1556</v>
+        <v>1558</v>
       </c>
       <c r="E405" s="2" t="s">
-        <v>1557</v>
+        <v>1559</v>
       </c>
       <c r="F405" s="2" t="s">
-        <v>1558</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="406" spans="1:6">
       <c r="A406" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="B406" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="C406" t="s">
-        <v>253</v>
+        <v>1561</v>
       </c>
       <c r="D406" t="s">
-        <v>254</v>
+        <v>1562</v>
       </c>
       <c r="E406" s="2" t="s">
-        <v>255</v>
+        <v>1563</v>
       </c>
       <c r="F406" s="2" t="s">
-        <v>1559</v>
+        <v>1564</v>
       </c>
     </row>
     <row r="407" spans="1:6">
       <c r="A407" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="B407" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="C407" t="s">
-        <v>1560</v>
+        <v>1565</v>
       </c>
       <c r="D407" t="s">
-        <v>1561</v>
+        <v>1566</v>
       </c>
       <c r="E407" s="2" t="s">
-        <v>1562</v>
+        <v>1567</v>
       </c>
       <c r="F407" s="2" t="s">
-        <v>1563</v>
+        <v>1568</v>
       </c>
     </row>
     <row r="408" spans="1:6">
       <c r="A408" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="B408" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="C408" t="s">
-        <v>1564</v>
+        <v>1569</v>
       </c>
       <c r="D408" t="s">
-        <v>1565</v>
+        <v>1570</v>
       </c>
       <c r="E408" s="2" t="s">
-        <v>1566</v>
+        <v>1571</v>
       </c>
       <c r="F408" s="2" t="s">
-        <v>1567</v>
+        <v>1572</v>
       </c>
     </row>
     <row r="409" spans="1:6">
       <c r="A409" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="B409" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="C409" t="s">
-        <v>1568</v>
+        <v>1573</v>
       </c>
       <c r="D409" t="s">
-        <v>1569</v>
+        <v>1573</v>
       </c>
       <c r="E409" s="2" t="s">
-        <v>1570</v>
+        <v>1574</v>
       </c>
       <c r="F409" s="2" t="s">
-        <v>1571</v>
+        <v>1575</v>
       </c>
     </row>
     <row r="410" spans="1:6">
       <c r="A410" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="B410" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="C410" t="s">
-        <v>1572</v>
+        <v>1576</v>
       </c>
       <c r="D410" t="s">
-        <v>1573</v>
+        <v>1576</v>
       </c>
       <c r="E410" s="2" t="s">
-        <v>1574</v>
+        <v>1577</v>
       </c>
       <c r="F410" s="2" t="s">
-        <v>1575</v>
+        <v>1578</v>
       </c>
     </row>
     <row r="411" spans="1:6">
       <c r="A411" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="B411" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="C411" t="s">
-        <v>1576</v>
+        <v>1579</v>
       </c>
       <c r="D411" t="s">
-        <v>1577</v>
+        <v>1580</v>
       </c>
       <c r="E411" s="2" t="s">
-        <v>1578</v>
+        <v>1581</v>
       </c>
       <c r="F411" s="2" t="s">
-        <v>1579</v>
+        <v>1582</v>
       </c>
     </row>
     <row r="412" spans="1:6">
       <c r="A412" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="B412" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="C412" t="s">
-        <v>1580</v>
+        <v>1583</v>
       </c>
       <c r="D412" t="s">
-        <v>1581</v>
+        <v>1584</v>
       </c>
       <c r="E412" s="2" t="s">
-        <v>1582</v>
+        <v>1585</v>
       </c>
       <c r="F412" s="2" t="s">
-        <v>1583</v>
+        <v>1586</v>
       </c>
     </row>
     <row r="413" spans="1:6">
       <c r="A413" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="B413" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="C413" t="s">
-        <v>1584</v>
+        <v>1587</v>
       </c>
       <c r="D413" t="s">
-        <v>1585</v>
+        <v>1588</v>
       </c>
       <c r="E413" s="2" t="s">
-        <v>1586</v>
+        <v>1589</v>
       </c>
       <c r="F413" s="2" t="s">
-        <v>1587</v>
+        <v>1590</v>
       </c>
     </row>
     <row r="414" spans="1:6">
       <c r="A414" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="B414" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="C414" t="s">
-        <v>1588</v>
+        <v>257</v>
       </c>
       <c r="D414" t="s">
-        <v>1589</v>
+        <v>258</v>
       </c>
       <c r="E414" s="2" t="s">
-        <v>1590</v>
+        <v>259</v>
       </c>
       <c r="F414" s="2" t="s">
         <v>1591</v>
       </c>
     </row>
     <row r="415" spans="1:6">
       <c r="A415" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="B415" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="C415" t="s">
         <v>1592</v>
       </c>
       <c r="D415" t="s">
         <v>1593</v>
       </c>
       <c r="E415" s="2" t="s">
         <v>1594</v>
       </c>
       <c r="F415" s="2" t="s">
         <v>1595</v>
       </c>
     </row>
     <row r="416" spans="1:6">
       <c r="A416" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="B416" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="C416" t="s">
         <v>1596</v>
       </c>
       <c r="D416" t="s">
         <v>1597</v>
       </c>
       <c r="E416" s="2" t="s">
         <v>1598</v>
       </c>
       <c r="F416" s="2" t="s">
         <v>1599</v>
       </c>
     </row>
     <row r="417" spans="1:6">
       <c r="A417" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="B417" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="C417" t="s">
         <v>1600</v>
       </c>
       <c r="D417" t="s">
         <v>1601</v>
       </c>
       <c r="E417" s="2" t="s">
         <v>1602</v>
       </c>
       <c r="F417" s="2" t="s">
         <v>1603</v>
       </c>
     </row>
     <row r="418" spans="1:6">
       <c r="A418" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="B418" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="C418" t="s">
         <v>1604</v>
       </c>
       <c r="D418" t="s">
         <v>1605</v>
       </c>
       <c r="E418" s="2" t="s">
         <v>1606</v>
       </c>
       <c r="F418" s="2" t="s">
         <v>1607</v>
       </c>
     </row>
     <row r="419" spans="1:6">
       <c r="A419" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="B419" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="C419" t="s">
         <v>1608</v>
       </c>
       <c r="D419" t="s">
         <v>1609</v>
       </c>
       <c r="E419" s="2" t="s">
         <v>1610</v>
       </c>
       <c r="F419" s="2" t="s">
         <v>1611</v>
       </c>
     </row>
     <row r="420" spans="1:6">
       <c r="A420" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="B420" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="C420" t="s">
         <v>1612</v>
       </c>
       <c r="D420" t="s">
         <v>1613</v>
       </c>
       <c r="E420" s="2" t="s">
         <v>1614</v>
       </c>
       <c r="F420" s="2" t="s">
         <v>1615</v>
       </c>
     </row>
     <row r="421" spans="1:6">
       <c r="A421" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="B421" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="C421" t="s">
         <v>1616</v>
       </c>
       <c r="D421" t="s">
         <v>1617</v>
       </c>
       <c r="E421" s="2" t="s">
         <v>1618</v>
       </c>
       <c r="F421" s="2" t="s">
         <v>1619</v>
       </c>
     </row>
     <row r="422" spans="1:6">
       <c r="A422" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="B422" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="C422" t="s">
         <v>1620</v>
       </c>
       <c r="D422" t="s">
         <v>1621</v>
       </c>
       <c r="E422" s="2" t="s">
         <v>1622</v>
       </c>
       <c r="F422" s="2" t="s">
         <v>1623</v>
       </c>
     </row>
     <row r="423" spans="1:6">
       <c r="A423" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="B423" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="C423" t="s">
         <v>1624</v>
       </c>
       <c r="D423" t="s">
         <v>1625</v>
       </c>
       <c r="E423" s="2" t="s">
         <v>1626</v>
       </c>
       <c r="F423" s="2" t="s">
         <v>1627</v>
       </c>
     </row>
     <row r="424" spans="1:6">
       <c r="A424" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="B424" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="C424" t="s">
         <v>1628</v>
       </c>
       <c r="D424" t="s">
         <v>1629</v>
       </c>
       <c r="E424" s="2" t="s">
         <v>1630</v>
       </c>
       <c r="F424" s="2" t="s">
         <v>1631</v>
       </c>
     </row>
     <row r="425" spans="1:6">
       <c r="A425" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="B425" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="C425" t="s">
         <v>1632</v>
       </c>
       <c r="D425" t="s">
-        <v>293</v>
+        <v>1633</v>
       </c>
       <c r="E425" s="2" t="s">
-        <v>1633</v>
+        <v>1634</v>
       </c>
       <c r="F425" s="2" t="s">
-        <v>1634</v>
+        <v>1635</v>
       </c>
     </row>
     <row r="426" spans="1:6">
       <c r="A426" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="B426" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="C426" t="s">
-        <v>631</v>
+        <v>1636</v>
       </c>
       <c r="D426" t="s">
-        <v>632</v>
+        <v>1637</v>
       </c>
       <c r="E426" s="2" t="s">
-        <v>1635</v>
+        <v>1638</v>
       </c>
       <c r="F426" s="2" t="s">
-        <v>1636</v>
+        <v>1639</v>
       </c>
     </row>
     <row r="427" spans="1:6">
       <c r="A427" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="B427" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="C427" t="s">
-        <v>1637</v>
+        <v>1640</v>
       </c>
       <c r="D427" t="s">
-        <v>1638</v>
+        <v>1641</v>
       </c>
       <c r="E427" s="2" t="s">
-        <v>1639</v>
+        <v>1642</v>
       </c>
       <c r="F427" s="2" t="s">
-        <v>1640</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="428" spans="1:6">
       <c r="A428" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="B428" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="C428" t="s">
-        <v>635</v>
+        <v>1644</v>
       </c>
       <c r="D428" t="s">
-        <v>636</v>
+        <v>1645</v>
       </c>
       <c r="E428" s="2" t="s">
-        <v>1641</v>
+        <v>1646</v>
       </c>
       <c r="F428" s="2" t="s">
-        <v>1642</v>
+        <v>1647</v>
       </c>
     </row>
     <row r="429" spans="1:6">
       <c r="A429" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="B429" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="C429" t="s">
-        <v>1643</v>
+        <v>1648</v>
       </c>
       <c r="D429" t="s">
-        <v>1644</v>
+        <v>1649</v>
       </c>
       <c r="E429" s="2" t="s">
-        <v>1645</v>
+        <v>1650</v>
       </c>
       <c r="F429" s="2" t="s">
-        <v>1646</v>
+        <v>1651</v>
       </c>
     </row>
     <row r="430" spans="1:6">
       <c r="A430" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="B430" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="C430" t="s">
-        <v>1647</v>
+        <v>1652</v>
       </c>
       <c r="D430" t="s">
-        <v>1648</v>
+        <v>1653</v>
       </c>
       <c r="E430" s="2" t="s">
-        <v>1649</v>
+        <v>1654</v>
       </c>
       <c r="F430" s="2" t="s">
-        <v>1650</v>
+        <v>1655</v>
       </c>
     </row>
     <row r="431" spans="1:6">
       <c r="A431" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="B431" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="C431" t="s">
-        <v>1651</v>
+        <v>1656</v>
       </c>
       <c r="D431" t="s">
-        <v>1652</v>
+        <v>1657</v>
       </c>
       <c r="E431" s="2" t="s">
-        <v>1653</v>
+        <v>1658</v>
       </c>
       <c r="F431" s="2" t="s">
-        <v>1654</v>
+        <v>1659</v>
       </c>
     </row>
     <row r="432" spans="1:6">
       <c r="A432" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="B432" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="C432" t="s">
-        <v>1655</v>
+        <v>1660</v>
       </c>
       <c r="D432" t="s">
-        <v>1656</v>
+        <v>1661</v>
       </c>
       <c r="E432" s="2" t="s">
-        <v>1657</v>
+        <v>1662</v>
       </c>
       <c r="F432" s="2" t="s">
-        <v>1658</v>
+        <v>1663</v>
       </c>
     </row>
     <row r="433" spans="1:6">
       <c r="A433" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="B433" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="C433" t="s">
-        <v>1659</v>
+        <v>1664</v>
       </c>
       <c r="D433" t="s">
-        <v>1660</v>
+        <v>1665</v>
       </c>
       <c r="E433" s="2" t="s">
-        <v>1661</v>
+        <v>1666</v>
       </c>
       <c r="F433" s="2" t="s">
-        <v>1662</v>
+        <v>1667</v>
       </c>
     </row>
     <row r="434" spans="1:6">
       <c r="A434" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="B434" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="C434" t="s">
-        <v>1524</v>
+        <v>1668</v>
       </c>
       <c r="D434" t="s">
-        <v>1525</v>
+        <v>1669</v>
       </c>
       <c r="E434" s="2" t="s">
-        <v>1526</v>
+        <v>1670</v>
       </c>
       <c r="F434" s="2" t="s">
-        <v>1663</v>
+        <v>1671</v>
       </c>
     </row>
     <row r="435" spans="1:6">
       <c r="A435" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="B435" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="C435" t="s">
-        <v>1664</v>
+        <v>1672</v>
       </c>
       <c r="D435" t="s">
-        <v>1665</v>
+        <v>1673</v>
       </c>
       <c r="E435" s="2" t="s">
-        <v>1666</v>
+        <v>1674</v>
       </c>
       <c r="F435" s="2" t="s">
-        <v>1667</v>
+        <v>1675</v>
       </c>
     </row>
     <row r="436" spans="1:6">
       <c r="A436" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="B436" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="C436" t="s">
-        <v>1668</v>
+        <v>1676</v>
       </c>
       <c r="D436" t="s">
-        <v>1669</v>
+        <v>297</v>
       </c>
       <c r="E436" s="2" t="s">
-        <v>1670</v>
+        <v>1677</v>
       </c>
       <c r="F436" s="2" t="s">
-        <v>1671</v>
+        <v>1678</v>
       </c>
     </row>
     <row r="437" spans="1:6">
       <c r="A437" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="B437" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="C437" t="s">
-        <v>1672</v>
+        <v>635</v>
       </c>
       <c r="D437" t="s">
-        <v>1673</v>
+        <v>636</v>
       </c>
       <c r="E437" s="2" t="s">
-        <v>1674</v>
+        <v>1679</v>
       </c>
       <c r="F437" s="2" t="s">
-        <v>1675</v>
+        <v>1680</v>
       </c>
     </row>
     <row r="438" spans="1:6">
       <c r="A438" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="B438" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="C438" t="s">
-        <v>1676</v>
+        <v>1681</v>
       </c>
       <c r="D438" t="s">
-        <v>1677</v>
+        <v>1682</v>
       </c>
       <c r="E438" s="2" t="s">
-        <v>1678</v>
+        <v>1683</v>
       </c>
       <c r="F438" s="2" t="s">
-        <v>1679</v>
+        <v>1684</v>
       </c>
     </row>
     <row r="439" spans="1:6">
       <c r="A439" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="B439" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="C439" t="s">
-        <v>1680</v>
+        <v>639</v>
       </c>
       <c r="D439" t="s">
-        <v>1681</v>
+        <v>640</v>
       </c>
       <c r="E439" s="2" t="s">
-        <v>1682</v>
+        <v>1685</v>
       </c>
       <c r="F439" s="2" t="s">
-        <v>1683</v>
+        <v>1686</v>
       </c>
     </row>
     <row r="440" spans="1:6">
       <c r="A440" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="B440" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="C440" t="s">
-        <v>1684</v>
+        <v>1687</v>
       </c>
       <c r="D440" t="s">
-        <v>1685</v>
+        <v>1688</v>
       </c>
       <c r="E440" s="2" t="s">
-        <v>1686</v>
+        <v>1689</v>
       </c>
       <c r="F440" s="2" t="s">
-        <v>1687</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="441" spans="1:6">
       <c r="A441" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="B441" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="C441" t="s">
-        <v>1688</v>
+        <v>1691</v>
       </c>
       <c r="D441" t="s">
-        <v>1689</v>
+        <v>1692</v>
       </c>
       <c r="E441" s="2" t="s">
-        <v>1690</v>
+        <v>1693</v>
       </c>
       <c r="F441" s="2" t="s">
-        <v>1691</v>
+        <v>1694</v>
       </c>
     </row>
     <row r="442" spans="1:6">
       <c r="A442" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="B442" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="C442" t="s">
-        <v>1692</v>
+        <v>1695</v>
       </c>
       <c r="D442" t="s">
-        <v>1693</v>
+        <v>1696</v>
       </c>
       <c r="E442" s="2" t="s">
-        <v>1694</v>
+        <v>1697</v>
       </c>
       <c r="F442" s="2" t="s">
-        <v>1695</v>
+        <v>1698</v>
       </c>
     </row>
     <row r="443" spans="1:6">
       <c r="A443" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="B443" t="s">
-        <v>1528</v>
+        <v>1556</v>
       </c>
       <c r="C443" t="s">
-        <v>1696</v>
+        <v>1699</v>
       </c>
       <c r="D443" t="s">
-        <v>1697</v>
+        <v>1700</v>
       </c>
       <c r="E443" s="2" t="s">
-        <v>1698</v>
+        <v>1701</v>
       </c>
       <c r="F443" s="2" t="s">
-        <v>1699</v>
+        <v>1702</v>
       </c>
     </row>
     <row r="444" spans="1:6">
       <c r="A444" t="s">
-        <v>1700</v>
+        <v>1556</v>
       </c>
       <c r="B444" t="s">
-        <v>1701</v>
+        <v>1556</v>
       </c>
       <c r="C444" t="s">
-        <v>1702</v>
+        <v>1703</v>
       </c>
       <c r="D444" t="s">
-        <v>1703</v>
+        <v>1704</v>
       </c>
       <c r="E444" s="2" t="s">
-        <v>1704</v>
+        <v>1705</v>
       </c>
       <c r="F444" s="2" t="s">
-        <v>1705</v>
+        <v>1706</v>
       </c>
     </row>
     <row r="445" spans="1:6">
       <c r="A445" t="s">
-        <v>1700</v>
+        <v>1556</v>
       </c>
       <c r="B445" t="s">
-        <v>1701</v>
+        <v>1556</v>
       </c>
       <c r="C445" t="s">
-        <v>210</v>
+        <v>1707</v>
       </c>
       <c r="D445" t="s">
-        <v>210</v>
+        <v>1708</v>
       </c>
       <c r="E445" s="2" t="s">
-        <v>1706</v>
+        <v>1709</v>
       </c>
       <c r="F445" s="2" t="s">
-        <v>1707</v>
+        <v>1710</v>
       </c>
     </row>
     <row r="446" spans="1:6">
       <c r="A446" t="s">
-        <v>1700</v>
+        <v>1556</v>
       </c>
       <c r="B446" t="s">
-        <v>1701</v>
+        <v>1556</v>
       </c>
       <c r="C446" t="s">
-        <v>1708</v>
+        <v>1552</v>
       </c>
       <c r="D446" t="s">
-        <v>1708</v>
+        <v>1553</v>
       </c>
       <c r="E446" s="2" t="s">
-        <v>1709</v>
+        <v>1554</v>
       </c>
       <c r="F446" s="2" t="s">
-        <v>1710</v>
+        <v>1711</v>
       </c>
     </row>
     <row r="447" spans="1:6">
       <c r="A447" t="s">
-        <v>1700</v>
+        <v>1556</v>
       </c>
       <c r="B447" t="s">
-        <v>1701</v>
+        <v>1556</v>
       </c>
       <c r="C447" t="s">
-        <v>1711</v>
+        <v>1712</v>
       </c>
       <c r="D447" t="s">
-        <v>1712</v>
+        <v>1713</v>
       </c>
       <c r="E447" s="2" t="s">
-        <v>1713</v>
+        <v>1714</v>
       </c>
       <c r="F447" s="2" t="s">
-        <v>1714</v>
+        <v>1715</v>
       </c>
     </row>
     <row r="448" spans="1:6">
       <c r="A448" t="s">
-        <v>1700</v>
+        <v>1556</v>
       </c>
       <c r="B448" t="s">
-        <v>1701</v>
+        <v>1556</v>
       </c>
       <c r="C448" t="s">
-        <v>1715</v>
+        <v>1716</v>
       </c>
       <c r="D448" t="s">
-        <v>1716</v>
+        <v>1717</v>
       </c>
       <c r="E448" s="2" t="s">
-        <v>1717</v>
+        <v>1718</v>
       </c>
       <c r="F448" s="2" t="s">
-        <v>1718</v>
+        <v>1719</v>
       </c>
     </row>
     <row r="449" spans="1:6">
       <c r="A449" t="s">
-        <v>1700</v>
+        <v>1556</v>
       </c>
       <c r="B449" t="s">
-        <v>1701</v>
+        <v>1556</v>
       </c>
       <c r="C449" t="s">
-        <v>1719</v>
+        <v>1720</v>
       </c>
       <c r="D449" t="s">
-        <v>1720</v>
+        <v>1721</v>
       </c>
       <c r="E449" s="2" t="s">
-        <v>1721</v>
+        <v>1722</v>
       </c>
       <c r="F449" s="2" t="s">
-        <v>1722</v>
+        <v>1723</v>
       </c>
     </row>
     <row r="450" spans="1:6">
       <c r="A450" t="s">
-        <v>1700</v>
+        <v>1556</v>
       </c>
       <c r="B450" t="s">
-        <v>1701</v>
+        <v>1556</v>
       </c>
       <c r="C450" t="s">
-        <v>1394</v>
+        <v>1724</v>
       </c>
       <c r="D450" t="s">
-        <v>1395</v>
+        <v>1725</v>
       </c>
       <c r="E450" s="2" t="s">
-        <v>1723</v>
+        <v>1726</v>
       </c>
       <c r="F450" s="2" t="s">
-        <v>1724</v>
+        <v>1727</v>
       </c>
     </row>
     <row r="451" spans="1:6">
       <c r="A451" t="s">
-        <v>1700</v>
+        <v>1556</v>
       </c>
       <c r="B451" t="s">
-        <v>1701</v>
+        <v>1556</v>
       </c>
       <c r="C451" t="s">
-        <v>1725</v>
+        <v>1728</v>
       </c>
       <c r="D451" t="s">
-        <v>1725</v>
+        <v>1729</v>
       </c>
       <c r="E451" s="2" t="s">
-        <v>1726</v>
+        <v>1730</v>
       </c>
       <c r="F451" s="2" t="s">
-        <v>1727</v>
+        <v>1731</v>
       </c>
     </row>
     <row r="452" spans="1:6">
       <c r="A452" t="s">
-        <v>1700</v>
+        <v>1556</v>
       </c>
       <c r="B452" t="s">
-        <v>1701</v>
+        <v>1556</v>
       </c>
       <c r="C452" t="s">
-        <v>1728</v>
+        <v>1732</v>
       </c>
       <c r="D452" t="s">
-        <v>1729</v>
+        <v>1733</v>
       </c>
       <c r="E452" s="2" t="s">
-        <v>1730</v>
+        <v>1734</v>
       </c>
       <c r="F452" s="2" t="s">
-        <v>1731</v>
+        <v>1735</v>
       </c>
     </row>
     <row r="453" spans="1:6">
       <c r="A453" t="s">
-        <v>1700</v>
+        <v>1556</v>
       </c>
       <c r="B453" t="s">
-        <v>1701</v>
+        <v>1556</v>
       </c>
       <c r="C453" t="s">
-        <v>1732</v>
+        <v>1736</v>
       </c>
       <c r="D453" t="s">
-        <v>1733</v>
+        <v>1737</v>
       </c>
       <c r="E453" s="2" t="s">
-        <v>1734</v>
+        <v>1738</v>
       </c>
       <c r="F453" s="2" t="s">
-        <v>1735</v>
+        <v>1739</v>
       </c>
     </row>
     <row r="454" spans="1:6">
       <c r="A454" t="s">
-        <v>1700</v>
+        <v>1556</v>
       </c>
       <c r="B454" t="s">
-        <v>1701</v>
+        <v>1556</v>
       </c>
       <c r="C454" t="s">
-        <v>1736</v>
+        <v>1740</v>
       </c>
       <c r="D454" t="s">
-        <v>1737</v>
+        <v>1741</v>
       </c>
       <c r="E454" s="2" t="s">
-        <v>1738</v>
+        <v>1742</v>
       </c>
       <c r="F454" s="2" t="s">
-        <v>1739</v>
+        <v>1743</v>
       </c>
     </row>
     <row r="455" spans="1:6">
       <c r="A455" t="s">
-        <v>1700</v>
+        <v>1556</v>
       </c>
       <c r="B455" t="s">
-        <v>1701</v>
+        <v>1556</v>
       </c>
       <c r="C455" t="s">
-        <v>1740</v>
+        <v>1744</v>
       </c>
       <c r="D455" t="s">
-        <v>1741</v>
+        <v>1745</v>
       </c>
       <c r="E455" s="2" t="s">
-        <v>1742</v>
+        <v>1746</v>
       </c>
       <c r="F455" s="2" t="s">
-        <v>1743</v>
+        <v>1747</v>
       </c>
     </row>
     <row r="456" spans="1:6">
       <c r="A456" t="s">
-        <v>1700</v>
+        <v>1748</v>
       </c>
       <c r="B456" t="s">
-        <v>1701</v>
+        <v>1749</v>
       </c>
       <c r="C456" t="s">
-        <v>1744</v>
+        <v>1750</v>
       </c>
       <c r="D456" t="s">
-        <v>1745</v>
+        <v>1751</v>
       </c>
       <c r="E456" s="2" t="s">
-        <v>1746</v>
+        <v>1752</v>
       </c>
       <c r="F456" s="2" t="s">
-        <v>1747</v>
+        <v>1753</v>
       </c>
     </row>
     <row r="457" spans="1:6">
       <c r="A457" t="s">
-        <v>1700</v>
+        <v>1748</v>
       </c>
       <c r="B457" t="s">
-        <v>1701</v>
+        <v>1749</v>
       </c>
       <c r="C457" t="s">
-        <v>1748</v>
+        <v>214</v>
       </c>
       <c r="D457" t="s">
-        <v>1749</v>
+        <v>214</v>
       </c>
       <c r="E457" s="2" t="s">
-        <v>1750</v>
+        <v>1754</v>
       </c>
       <c r="F457" s="2" t="s">
-        <v>1751</v>
+        <v>1755</v>
       </c>
     </row>
     <row r="458" spans="1:6">
       <c r="A458" t="s">
-        <v>1700</v>
+        <v>1748</v>
       </c>
       <c r="B458" t="s">
-        <v>1701</v>
+        <v>1749</v>
       </c>
       <c r="C458" t="s">
-        <v>1752</v>
+        <v>1756</v>
       </c>
       <c r="D458" t="s">
-        <v>1753</v>
+        <v>1756</v>
       </c>
       <c r="E458" s="2" t="s">
-        <v>1754</v>
+        <v>1757</v>
       </c>
       <c r="F458" s="2" t="s">
-        <v>1755</v>
+        <v>1758</v>
       </c>
     </row>
     <row r="459" spans="1:6">
       <c r="A459" t="s">
-        <v>1700</v>
+        <v>1748</v>
       </c>
       <c r="B459" t="s">
-        <v>1701</v>
+        <v>1749</v>
       </c>
       <c r="C459" t="s">
-        <v>1756</v>
+        <v>1759</v>
       </c>
       <c r="D459" t="s">
-        <v>1757</v>
+        <v>1760</v>
       </c>
       <c r="E459" s="2" t="s">
-        <v>1758</v>
+        <v>1761</v>
       </c>
       <c r="F459" s="2" t="s">
-        <v>1759</v>
+        <v>1762</v>
       </c>
     </row>
     <row r="460" spans="1:6">
       <c r="A460" t="s">
-        <v>1700</v>
+        <v>1748</v>
       </c>
       <c r="B460" t="s">
-        <v>1701</v>
+        <v>1749</v>
       </c>
       <c r="C460" t="s">
-        <v>1760</v>
+        <v>1763</v>
       </c>
       <c r="D460" t="s">
-        <v>1761</v>
+        <v>1764</v>
       </c>
       <c r="E460" s="2" t="s">
-        <v>1762</v>
+        <v>1765</v>
       </c>
       <c r="F460" s="2" t="s">
-        <v>1763</v>
+        <v>1766</v>
       </c>
     </row>
     <row r="461" spans="1:6">
       <c r="A461" t="s">
-        <v>1700</v>
+        <v>1748</v>
       </c>
       <c r="B461" t="s">
-        <v>1701</v>
+        <v>1749</v>
       </c>
       <c r="C461" t="s">
-        <v>292</v>
+        <v>1767</v>
       </c>
       <c r="D461" t="s">
-        <v>293</v>
+        <v>1768</v>
       </c>
       <c r="E461" s="2" t="s">
-        <v>461</v>
+        <v>1769</v>
       </c>
       <c r="F461" s="2" t="s">
-        <v>1764</v>
+        <v>1770</v>
       </c>
     </row>
     <row r="462" spans="1:6">
       <c r="A462" t="s">
-        <v>1700</v>
+        <v>1748</v>
       </c>
       <c r="B462" t="s">
-        <v>1701</v>
+        <v>1749</v>
       </c>
       <c r="C462" t="s">
-        <v>463</v>
+        <v>1422</v>
       </c>
       <c r="D462" t="s">
-        <v>464</v>
+        <v>1423</v>
       </c>
       <c r="E462" s="2" t="s">
-        <v>1765</v>
+        <v>1771</v>
       </c>
       <c r="F462" s="2" t="s">
-        <v>1766</v>
+        <v>1772</v>
       </c>
     </row>
     <row r="463" spans="1:6">
       <c r="A463" t="s">
-        <v>1700</v>
+        <v>1748</v>
       </c>
       <c r="B463" t="s">
-        <v>1701</v>
+        <v>1749</v>
       </c>
       <c r="C463" t="s">
-        <v>1767</v>
+        <v>1773</v>
       </c>
       <c r="D463" t="s">
-        <v>1768</v>
+        <v>1773</v>
       </c>
       <c r="E463" s="2" t="s">
-        <v>1769</v>
+        <v>1774</v>
       </c>
       <c r="F463" s="2" t="s">
-        <v>1770</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="464" spans="1:6">
       <c r="A464" t="s">
-        <v>1700</v>
+        <v>1748</v>
       </c>
       <c r="B464" t="s">
-        <v>1701</v>
+        <v>1749</v>
       </c>
       <c r="C464" t="s">
-        <v>1771</v>
+        <v>1776</v>
       </c>
       <c r="D464" t="s">
-        <v>1772</v>
+        <v>1777</v>
       </c>
       <c r="E464" s="2" t="s">
-        <v>1773</v>
+        <v>1778</v>
       </c>
       <c r="F464" s="2" t="s">
-        <v>1774</v>
+        <v>1779</v>
       </c>
     </row>
     <row r="465" spans="1:6">
       <c r="A465" t="s">
-        <v>1700</v>
+        <v>1748</v>
       </c>
       <c r="B465" t="s">
-        <v>1701</v>
+        <v>1749</v>
       </c>
       <c r="C465" t="s">
-        <v>1304</v>
+        <v>1780</v>
       </c>
       <c r="D465" t="s">
-        <v>1305</v>
+        <v>1781</v>
       </c>
       <c r="E465" s="2" t="s">
-        <v>1775</v>
+        <v>1782</v>
       </c>
       <c r="F465" s="2" t="s">
-        <v>1776</v>
+        <v>1783</v>
       </c>
     </row>
     <row r="466" spans="1:6">
       <c r="A466" t="s">
-        <v>1777</v>
+        <v>1748</v>
       </c>
       <c r="B466" t="s">
-        <v>1778</v>
+        <v>1749</v>
       </c>
       <c r="C466" t="s">
-        <v>1779</v>
+        <v>1784</v>
       </c>
       <c r="D466" t="s">
-        <v>1780</v>
+        <v>1785</v>
       </c>
       <c r="E466" s="2" t="s">
-        <v>1781</v>
+        <v>1786</v>
       </c>
       <c r="F466" s="2" t="s">
-        <v>1782</v>
+        <v>1787</v>
       </c>
     </row>
     <row r="467" spans="1:6">
       <c r="A467" t="s">
-        <v>1777</v>
+        <v>1748</v>
       </c>
       <c r="B467" t="s">
-        <v>1778</v>
+        <v>1749</v>
       </c>
       <c r="C467" t="s">
-        <v>1783</v>
+        <v>1788</v>
       </c>
       <c r="D467" t="s">
-        <v>1784</v>
+        <v>1789</v>
       </c>
       <c r="E467" s="2" t="s">
-        <v>1785</v>
+        <v>1790</v>
       </c>
       <c r="F467" s="2" t="s">
-        <v>1786</v>
+        <v>1791</v>
       </c>
     </row>
     <row r="468" spans="1:6">
       <c r="A468" t="s">
-        <v>1777</v>
+        <v>1748</v>
       </c>
       <c r="B468" t="s">
-        <v>1778</v>
+        <v>1749</v>
       </c>
       <c r="C468" t="s">
-        <v>1787</v>
+        <v>1792</v>
       </c>
       <c r="D468" t="s">
-        <v>1788</v>
+        <v>1793</v>
       </c>
       <c r="E468" s="2" t="s">
-        <v>1789</v>
+        <v>1794</v>
       </c>
       <c r="F468" s="2" t="s">
-        <v>1790</v>
+        <v>1795</v>
       </c>
     </row>
     <row r="469" spans="1:6">
       <c r="A469" t="s">
-        <v>1777</v>
+        <v>1748</v>
       </c>
       <c r="B469" t="s">
-        <v>1778</v>
+        <v>1749</v>
       </c>
       <c r="C469" t="s">
-        <v>1791</v>
+        <v>1796</v>
       </c>
       <c r="D469" t="s">
-        <v>1792</v>
+        <v>1797</v>
       </c>
       <c r="E469" s="2" t="s">
-        <v>1793</v>
+        <v>1798</v>
       </c>
       <c r="F469" s="2" t="s">
-        <v>1794</v>
+        <v>1799</v>
       </c>
     </row>
     <row r="470" spans="1:6">
       <c r="A470" t="s">
-        <v>1777</v>
+        <v>1748</v>
       </c>
       <c r="B470" t="s">
-        <v>1778</v>
+        <v>1749</v>
       </c>
       <c r="C470" t="s">
-        <v>330</v>
+        <v>1800</v>
       </c>
       <c r="D470" t="s">
-        <v>331</v>
+        <v>1801</v>
       </c>
       <c r="E470" s="2" t="s">
-        <v>1795</v>
+        <v>1802</v>
       </c>
       <c r="F470" s="2" t="s">
-        <v>1796</v>
+        <v>1803</v>
       </c>
     </row>
     <row r="471" spans="1:6">
       <c r="A471" t="s">
-        <v>1777</v>
+        <v>1748</v>
       </c>
       <c r="B471" t="s">
-        <v>1778</v>
+        <v>1749</v>
       </c>
       <c r="C471" t="s">
-        <v>571</v>
+        <v>1804</v>
       </c>
       <c r="D471" t="s">
-        <v>572</v>
+        <v>1805</v>
       </c>
       <c r="E471" s="2" t="s">
-        <v>1797</v>
+        <v>1806</v>
       </c>
       <c r="F471" s="2" t="s">
-        <v>1798</v>
+        <v>1807</v>
       </c>
     </row>
     <row r="472" spans="1:6">
       <c r="A472" t="s">
-        <v>1777</v>
+        <v>1748</v>
       </c>
       <c r="B472" t="s">
-        <v>1778</v>
+        <v>1749</v>
       </c>
       <c r="C472" t="s">
-        <v>583</v>
+        <v>1808</v>
       </c>
       <c r="D472" t="s">
-        <v>584</v>
+        <v>1809</v>
       </c>
       <c r="E472" s="2" t="s">
-        <v>1799</v>
+        <v>1810</v>
       </c>
       <c r="F472" s="2" t="s">
-        <v>1800</v>
+        <v>1811</v>
       </c>
     </row>
     <row r="473" spans="1:6">
       <c r="A473" t="s">
-        <v>1777</v>
+        <v>1748</v>
       </c>
       <c r="B473" t="s">
-        <v>1778</v>
+        <v>1749</v>
       </c>
       <c r="C473" t="s">
-        <v>1801</v>
+        <v>296</v>
       </c>
       <c r="D473" t="s">
-        <v>1802</v>
+        <v>297</v>
       </c>
       <c r="E473" s="2" t="s">
-        <v>1803</v>
+        <v>465</v>
       </c>
       <c r="F473" s="2" t="s">
-        <v>1804</v>
+        <v>1812</v>
       </c>
     </row>
     <row r="474" spans="1:6">
       <c r="A474" t="s">
-        <v>1777</v>
+        <v>1748</v>
       </c>
       <c r="B474" t="s">
-        <v>1778</v>
+        <v>1749</v>
       </c>
       <c r="C474" t="s">
-        <v>1805</v>
+        <v>467</v>
       </c>
       <c r="D474" t="s">
-        <v>1806</v>
+        <v>468</v>
       </c>
       <c r="E474" s="2" t="s">
-        <v>1807</v>
+        <v>1813</v>
       </c>
       <c r="F474" s="2" t="s">
-        <v>1808</v>
+        <v>1814</v>
       </c>
     </row>
     <row r="475" spans="1:6">
       <c r="A475" t="s">
-        <v>1777</v>
+        <v>1748</v>
       </c>
       <c r="B475" t="s">
-        <v>1778</v>
+        <v>1749</v>
       </c>
       <c r="C475" t="s">
-        <v>342</v>
+        <v>1815</v>
       </c>
       <c r="D475" t="s">
-        <v>343</v>
+        <v>1816</v>
       </c>
       <c r="E475" s="2" t="s">
-        <v>1809</v>
+        <v>1817</v>
       </c>
       <c r="F475" s="2" t="s">
-        <v>1810</v>
+        <v>1818</v>
       </c>
     </row>
     <row r="476" spans="1:6">
       <c r="A476" t="s">
-        <v>1777</v>
+        <v>1748</v>
       </c>
       <c r="B476" t="s">
-        <v>1778</v>
+        <v>1749</v>
       </c>
       <c r="C476" t="s">
-        <v>615</v>
+        <v>1819</v>
       </c>
       <c r="D476" t="s">
-        <v>616</v>
+        <v>1820</v>
       </c>
       <c r="E476" s="2" t="s">
-        <v>1811</v>
+        <v>1821</v>
       </c>
       <c r="F476" s="2" t="s">
-        <v>1812</v>
+        <v>1822</v>
       </c>
     </row>
     <row r="477" spans="1:6">
       <c r="A477" t="s">
-        <v>1777</v>
+        <v>1748</v>
       </c>
       <c r="B477" t="s">
-        <v>1778</v>
+        <v>1749</v>
       </c>
       <c r="C477" t="s">
-        <v>346</v>
+        <v>1332</v>
       </c>
       <c r="D477" t="s">
-        <v>347</v>
+        <v>1333</v>
       </c>
       <c r="E477" s="2" t="s">
-        <v>348</v>
+        <v>1823</v>
       </c>
       <c r="F477" s="2" t="s">
-        <v>1813</v>
+        <v>1824</v>
       </c>
     </row>
     <row r="478" spans="1:6">
       <c r="A478" t="s">
-        <v>1777</v>
+        <v>1825</v>
       </c>
       <c r="B478" t="s">
-        <v>1778</v>
+        <v>1826</v>
       </c>
       <c r="C478" t="s">
-        <v>1814</v>
+        <v>1827</v>
       </c>
       <c r="D478" t="s">
-        <v>1815</v>
+        <v>1828</v>
       </c>
       <c r="E478" s="2" t="s">
-        <v>1816</v>
+        <v>1829</v>
       </c>
       <c r="F478" s="2" t="s">
-        <v>1817</v>
+        <v>1830</v>
       </c>
     </row>
     <row r="479" spans="1:6">
       <c r="A479" t="s">
-        <v>1777</v>
+        <v>1825</v>
       </c>
       <c r="B479" t="s">
-        <v>1778</v>
+        <v>1826</v>
       </c>
       <c r="C479" t="s">
-        <v>1818</v>
+        <v>1831</v>
       </c>
       <c r="D479" t="s">
-        <v>1819</v>
+        <v>1832</v>
       </c>
       <c r="E479" s="2" t="s">
-        <v>1820</v>
+        <v>1833</v>
       </c>
       <c r="F479" s="2" t="s">
-        <v>1821</v>
+        <v>1834</v>
       </c>
     </row>
     <row r="480" spans="1:6">
       <c r="A480" t="s">
-        <v>1777</v>
+        <v>1825</v>
       </c>
       <c r="B480" t="s">
-        <v>1778</v>
+        <v>1826</v>
       </c>
       <c r="C480" t="s">
-        <v>1822</v>
+        <v>1835</v>
       </c>
       <c r="D480" t="s">
-        <v>1823</v>
+        <v>1836</v>
       </c>
       <c r="E480" s="2" t="s">
-        <v>1824</v>
+        <v>1837</v>
       </c>
       <c r="F480" s="2" t="s">
-        <v>1825</v>
+        <v>1838</v>
       </c>
     </row>
     <row r="481" spans="1:6">
       <c r="A481" t="s">
-        <v>1777</v>
+        <v>1825</v>
       </c>
       <c r="B481" t="s">
-        <v>1778</v>
+        <v>1826</v>
       </c>
       <c r="C481" t="s">
-        <v>1826</v>
+        <v>1839</v>
       </c>
       <c r="D481" t="s">
-        <v>1827</v>
+        <v>1840</v>
       </c>
       <c r="E481" s="2" t="s">
-        <v>1828</v>
+        <v>1841</v>
       </c>
       <c r="F481" s="2" t="s">
-        <v>1829</v>
+        <v>1842</v>
       </c>
     </row>
     <row r="482" spans="1:6">
       <c r="A482" t="s">
-        <v>1777</v>
+        <v>1825</v>
       </c>
       <c r="B482" t="s">
-        <v>1778</v>
+        <v>1826</v>
       </c>
       <c r="C482" t="s">
-        <v>1830</v>
+        <v>334</v>
       </c>
       <c r="D482" t="s">
-        <v>1831</v>
+        <v>335</v>
       </c>
       <c r="E482" s="2" t="s">
-        <v>1832</v>
+        <v>1843</v>
       </c>
       <c r="F482" s="2" t="s">
-        <v>1833</v>
+        <v>1844</v>
       </c>
     </row>
     <row r="483" spans="1:6">
       <c r="A483" t="s">
-        <v>1777</v>
+        <v>1825</v>
       </c>
       <c r="B483" t="s">
-        <v>1778</v>
+        <v>1826</v>
       </c>
       <c r="C483" t="s">
-        <v>1834</v>
+        <v>575</v>
       </c>
       <c r="D483" t="s">
-        <v>1835</v>
+        <v>576</v>
       </c>
       <c r="E483" s="2" t="s">
-        <v>1836</v>
+        <v>1845</v>
       </c>
       <c r="F483" s="2" t="s">
-        <v>1837</v>
+        <v>1846</v>
       </c>
     </row>
     <row r="484" spans="1:6">
       <c r="A484" t="s">
-        <v>1777</v>
+        <v>1825</v>
       </c>
       <c r="B484" t="s">
-        <v>1778</v>
+        <v>1826</v>
       </c>
       <c r="C484" t="s">
-        <v>354</v>
+        <v>587</v>
       </c>
       <c r="D484" t="s">
-        <v>355</v>
+        <v>588</v>
       </c>
       <c r="E484" s="2" t="s">
-        <v>356</v>
+        <v>1847</v>
       </c>
       <c r="F484" s="2" t="s">
-        <v>1838</v>
+        <v>1848</v>
       </c>
     </row>
     <row r="485" spans="1:6">
       <c r="A485" t="s">
-        <v>1777</v>
+        <v>1825</v>
       </c>
       <c r="B485" t="s">
-        <v>1778</v>
+        <v>1826</v>
       </c>
       <c r="C485" t="s">
-        <v>631</v>
+        <v>1849</v>
       </c>
       <c r="D485" t="s">
-        <v>632</v>
+        <v>1850</v>
       </c>
       <c r="E485" s="2" t="s">
-        <v>1839</v>
+        <v>1851</v>
       </c>
       <c r="F485" s="2" t="s">
-        <v>1840</v>
+        <v>1852</v>
       </c>
     </row>
     <row r="486" spans="1:6">
       <c r="A486" t="s">
-        <v>1777</v>
+        <v>1825</v>
       </c>
       <c r="B486" t="s">
-        <v>1778</v>
+        <v>1826</v>
       </c>
       <c r="C486" t="s">
-        <v>1841</v>
+        <v>1853</v>
       </c>
       <c r="D486" t="s">
-        <v>1842</v>
+        <v>1854</v>
       </c>
       <c r="E486" s="2" t="s">
-        <v>1843</v>
+        <v>1855</v>
       </c>
       <c r="F486" s="2" t="s">
-        <v>1844</v>
+        <v>1856</v>
       </c>
     </row>
     <row r="487" spans="1:6">
       <c r="A487" t="s">
-        <v>1777</v>
+        <v>1825</v>
       </c>
       <c r="B487" t="s">
-        <v>1778</v>
+        <v>1826</v>
       </c>
       <c r="C487" t="s">
-        <v>1845</v>
+        <v>346</v>
       </c>
       <c r="D487" t="s">
-        <v>1846</v>
+        <v>347</v>
       </c>
       <c r="E487" s="2" t="s">
-        <v>1847</v>
+        <v>1857</v>
       </c>
       <c r="F487" s="2" t="s">
-        <v>1848</v>
+        <v>1858</v>
       </c>
     </row>
     <row r="488" spans="1:6">
       <c r="A488" t="s">
-        <v>1777</v>
+        <v>1825</v>
       </c>
       <c r="B488" t="s">
-        <v>1778</v>
+        <v>1826</v>
       </c>
       <c r="C488" t="s">
-        <v>981</v>
+        <v>619</v>
       </c>
       <c r="D488" t="s">
-        <v>982</v>
+        <v>620</v>
       </c>
       <c r="E488" s="2" t="s">
-        <v>1276</v>
+        <v>1859</v>
       </c>
       <c r="F488" s="2" t="s">
-        <v>1849</v>
+        <v>1860</v>
       </c>
     </row>
     <row r="489" spans="1:6">
       <c r="A489" t="s">
-        <v>1777</v>
+        <v>1825</v>
       </c>
       <c r="B489" t="s">
-        <v>1778</v>
+        <v>1826</v>
       </c>
       <c r="C489" t="s">
-        <v>1850</v>
+        <v>350</v>
       </c>
       <c r="D489" t="s">
-        <v>1851</v>
+        <v>351</v>
       </c>
       <c r="E489" s="2" t="s">
-        <v>1852</v>
+        <v>352</v>
       </c>
       <c r="F489" s="2" t="s">
-        <v>1853</v>
+        <v>1861</v>
       </c>
     </row>
     <row r="490" spans="1:6">
       <c r="A490" t="s">
-        <v>1777</v>
+        <v>1825</v>
       </c>
       <c r="B490" t="s">
-        <v>1778</v>
+        <v>1826</v>
       </c>
       <c r="C490" t="s">
-        <v>989</v>
+        <v>1862</v>
       </c>
       <c r="D490" t="s">
-        <v>990</v>
+        <v>1863</v>
       </c>
       <c r="E490" s="2" t="s">
-        <v>1854</v>
+        <v>1864</v>
       </c>
       <c r="F490" s="2" t="s">
-        <v>1855</v>
+        <v>1865</v>
       </c>
     </row>
     <row r="491" spans="1:6">
       <c r="A491" t="s">
-        <v>1777</v>
+        <v>1825</v>
       </c>
       <c r="B491" t="s">
-        <v>1778</v>
+        <v>1826</v>
       </c>
       <c r="C491" t="s">
-        <v>366</v>
+        <v>1866</v>
       </c>
       <c r="D491" t="s">
-        <v>367</v>
+        <v>1867</v>
       </c>
       <c r="E491" s="2" t="s">
-        <v>368</v>
+        <v>1868</v>
       </c>
       <c r="F491" s="2" t="s">
-        <v>1856</v>
+        <v>1869</v>
       </c>
     </row>
     <row r="492" spans="1:6">
       <c r="A492" t="s">
-        <v>1777</v>
+        <v>1825</v>
       </c>
       <c r="B492" t="s">
-        <v>1778</v>
+        <v>1826</v>
       </c>
       <c r="C492" t="s">
-        <v>374</v>
+        <v>1870</v>
       </c>
       <c r="D492" t="s">
-        <v>375</v>
+        <v>1871</v>
       </c>
       <c r="E492" s="2" t="s">
-        <v>1857</v>
+        <v>1872</v>
       </c>
       <c r="F492" s="2" t="s">
-        <v>1858</v>
+        <v>1873</v>
       </c>
     </row>
     <row r="493" spans="1:6">
       <c r="A493" t="s">
-        <v>1777</v>
+        <v>1825</v>
       </c>
       <c r="B493" t="s">
-        <v>1778</v>
+        <v>1826</v>
       </c>
       <c r="C493" t="s">
-        <v>679</v>
+        <v>1874</v>
       </c>
       <c r="D493" t="s">
-        <v>680</v>
+        <v>1875</v>
       </c>
       <c r="E493" s="2" t="s">
-        <v>681</v>
+        <v>1876</v>
       </c>
       <c r="F493" s="2" t="s">
-        <v>1859</v>
+        <v>1877</v>
       </c>
     </row>
     <row r="494" spans="1:6">
       <c r="A494" t="s">
-        <v>1860</v>
+        <v>1825</v>
       </c>
       <c r="B494" t="s">
-        <v>1861</v>
+        <v>1826</v>
       </c>
       <c r="C494" t="s">
-        <v>1862</v>
+        <v>1878</v>
       </c>
       <c r="D494" t="s">
-        <v>1863</v>
+        <v>1879</v>
       </c>
       <c r="E494" s="2" t="s">
-        <v>1864</v>
+        <v>1880</v>
       </c>
       <c r="F494" s="2" t="s">
-        <v>1865</v>
+        <v>1881</v>
       </c>
     </row>
     <row r="495" spans="1:6">
       <c r="A495" t="s">
-        <v>1860</v>
+        <v>1825</v>
       </c>
       <c r="B495" t="s">
-        <v>1861</v>
+        <v>1826</v>
       </c>
       <c r="C495" t="s">
-        <v>1866</v>
+        <v>1882</v>
       </c>
       <c r="D495" t="s">
-        <v>1867</v>
+        <v>1883</v>
       </c>
       <c r="E495" s="2" t="s">
-        <v>1868</v>
+        <v>1884</v>
       </c>
       <c r="F495" s="2" t="s">
-        <v>1869</v>
+        <v>1885</v>
       </c>
     </row>
     <row r="496" spans="1:6">
       <c r="A496" t="s">
-        <v>1860</v>
+        <v>1825</v>
       </c>
       <c r="B496" t="s">
-        <v>1861</v>
+        <v>1826</v>
       </c>
       <c r="C496" t="s">
-        <v>1870</v>
+        <v>358</v>
       </c>
       <c r="D496" t="s">
-        <v>1871</v>
+        <v>359</v>
       </c>
       <c r="E496" s="2" t="s">
-        <v>1872</v>
+        <v>360</v>
       </c>
       <c r="F496" s="2" t="s">
-        <v>1873</v>
+        <v>1886</v>
       </c>
     </row>
     <row r="497" spans="1:6">
       <c r="A497" t="s">
-        <v>1860</v>
+        <v>1825</v>
       </c>
       <c r="B497" t="s">
-        <v>1861</v>
+        <v>1826</v>
       </c>
       <c r="C497" t="s">
-        <v>1874</v>
+        <v>635</v>
       </c>
       <c r="D497" t="s">
-        <v>1875</v>
+        <v>636</v>
       </c>
       <c r="E497" s="2" t="s">
-        <v>1876</v>
+        <v>1887</v>
       </c>
       <c r="F497" s="2" t="s">
-        <v>1877</v>
+        <v>1888</v>
       </c>
     </row>
     <row r="498" spans="1:6">
       <c r="A498" t="s">
-        <v>1860</v>
+        <v>1825</v>
       </c>
       <c r="B498" t="s">
-        <v>1861</v>
+        <v>1826</v>
       </c>
       <c r="C498" t="s">
-        <v>1878</v>
+        <v>1889</v>
       </c>
       <c r="D498" t="s">
-        <v>1879</v>
+        <v>1890</v>
       </c>
       <c r="E498" s="2" t="s">
-        <v>1880</v>
+        <v>1891</v>
       </c>
       <c r="F498" s="2" t="s">
-        <v>1881</v>
+        <v>1892</v>
       </c>
     </row>
     <row r="499" spans="1:6">
       <c r="A499" t="s">
-        <v>1860</v>
+        <v>1825</v>
       </c>
       <c r="B499" t="s">
-        <v>1861</v>
+        <v>1826</v>
       </c>
       <c r="C499" t="s">
-        <v>1882</v>
+        <v>1893</v>
       </c>
       <c r="D499" t="s">
-        <v>1883</v>
+        <v>1894</v>
       </c>
       <c r="E499" s="2" t="s">
-        <v>1884</v>
+        <v>1895</v>
       </c>
       <c r="F499" s="2" t="s">
-        <v>1885</v>
+        <v>1896</v>
       </c>
     </row>
     <row r="500" spans="1:6">
       <c r="A500" t="s">
-        <v>1860</v>
+        <v>1825</v>
       </c>
       <c r="B500" t="s">
-        <v>1861</v>
+        <v>1826</v>
       </c>
       <c r="C500" t="s">
-        <v>1886</v>
+        <v>985</v>
       </c>
       <c r="D500" t="s">
-        <v>1887</v>
+        <v>986</v>
       </c>
       <c r="E500" s="2" t="s">
-        <v>1888</v>
+        <v>1296</v>
       </c>
       <c r="F500" s="2" t="s">
-        <v>1889</v>
+        <v>1897</v>
       </c>
     </row>
     <row r="501" spans="1:6">
       <c r="A501" t="s">
-        <v>1860</v>
+        <v>1825</v>
       </c>
       <c r="B501" t="s">
-        <v>1861</v>
+        <v>1826</v>
       </c>
       <c r="C501" t="s">
-        <v>1890</v>
+        <v>1898</v>
       </c>
       <c r="D501" t="s">
-        <v>1891</v>
+        <v>1899</v>
       </c>
       <c r="E501" s="2" t="s">
-        <v>1892</v>
+        <v>1900</v>
       </c>
       <c r="F501" s="2" t="s">
-        <v>1893</v>
+        <v>1901</v>
       </c>
     </row>
     <row r="502" spans="1:6">
       <c r="A502" t="s">
-        <v>1860</v>
+        <v>1825</v>
       </c>
       <c r="B502" t="s">
-        <v>1861</v>
+        <v>1826</v>
       </c>
       <c r="C502" t="s">
-        <v>1894</v>
+        <v>993</v>
       </c>
       <c r="D502" t="s">
-        <v>1895</v>
+        <v>994</v>
       </c>
       <c r="E502" s="2" t="s">
-        <v>1896</v>
+        <v>1902</v>
       </c>
       <c r="F502" s="2" t="s">
-        <v>1897</v>
+        <v>1903</v>
       </c>
     </row>
     <row r="503" spans="1:6">
       <c r="A503" t="s">
-        <v>1860</v>
+        <v>1825</v>
       </c>
       <c r="B503" t="s">
-        <v>1861</v>
+        <v>1826</v>
       </c>
       <c r="C503" t="s">
-        <v>1898</v>
+        <v>370</v>
       </c>
       <c r="D503" t="s">
-        <v>1899</v>
+        <v>371</v>
       </c>
       <c r="E503" s="2" t="s">
-        <v>1900</v>
+        <v>372</v>
       </c>
       <c r="F503" s="2" t="s">
-        <v>1901</v>
+        <v>1904</v>
       </c>
     </row>
     <row r="504" spans="1:6">
       <c r="A504" t="s">
-        <v>1860</v>
+        <v>1825</v>
       </c>
       <c r="B504" t="s">
-        <v>1861</v>
+        <v>1826</v>
       </c>
       <c r="C504" t="s">
-        <v>1902</v>
+        <v>378</v>
       </c>
       <c r="D504" t="s">
-        <v>1903</v>
+        <v>379</v>
       </c>
       <c r="E504" s="2" t="s">
-        <v>1904</v>
+        <v>1905</v>
       </c>
       <c r="F504" s="2" t="s">
-        <v>1905</v>
+        <v>1906</v>
       </c>
     </row>
     <row r="505" spans="1:6">
       <c r="A505" t="s">
-        <v>1860</v>
+        <v>1825</v>
       </c>
       <c r="B505" t="s">
-        <v>1861</v>
+        <v>1826</v>
       </c>
       <c r="C505" t="s">
-        <v>1906</v>
+        <v>683</v>
       </c>
       <c r="D505" t="s">
+        <v>684</v>
+      </c>
+      <c r="E505" s="2" t="s">
+        <v>685</v>
+      </c>
+      <c r="F505" s="2" t="s">
         <v>1907</v>
-      </c>
-[...4 lines deleted...]
-        <v>1909</v>
       </c>
     </row>
     <row r="506" spans="1:6">
       <c r="A506" t="s">
-        <v>1860</v>
+        <v>1825</v>
       </c>
       <c r="B506" t="s">
-        <v>1861</v>
+        <v>1826</v>
       </c>
       <c r="C506" t="s">
+        <v>1908</v>
+      </c>
+      <c r="D506" t="s">
+        <v>1909</v>
+      </c>
+      <c r="E506" s="2" t="s">
         <v>1910</v>
       </c>
-      <c r="D506" t="s">
-[...2 lines deleted...]
-      <c r="E506" s="2" t="s">
+      <c r="F506" s="2" t="s">
         <v>1911</v>
-      </c>
-[...1 lines deleted...]
-        <v>1912</v>
       </c>
     </row>
     <row r="507" spans="1:6">
       <c r="A507" t="s">
-        <v>1860</v>
+        <v>1912</v>
       </c>
       <c r="B507" t="s">
-        <v>1861</v>
+        <v>1913</v>
       </c>
       <c r="C507" t="s">
-        <v>1913</v>
+        <v>1914</v>
       </c>
       <c r="D507" t="s">
-        <v>1914</v>
+        <v>1915</v>
       </c>
       <c r="E507" s="2" t="s">
-        <v>1915</v>
+        <v>1916</v>
       </c>
       <c r="F507" s="2" t="s">
-        <v>1916</v>
+        <v>1917</v>
       </c>
     </row>
     <row r="508" spans="1:6">
       <c r="A508" t="s">
-        <v>1860</v>
+        <v>1912</v>
       </c>
       <c r="B508" t="s">
-        <v>1861</v>
+        <v>1913</v>
       </c>
       <c r="C508" t="s">
-        <v>1917</v>
+        <v>1918</v>
       </c>
       <c r="D508" t="s">
-        <v>1917</v>
+        <v>1919</v>
       </c>
       <c r="E508" s="2" t="s">
-        <v>1918</v>
+        <v>1920</v>
       </c>
       <c r="F508" s="2" t="s">
-        <v>1919</v>
+        <v>1921</v>
       </c>
     </row>
     <row r="509" spans="1:6">
       <c r="A509" t="s">
-        <v>1860</v>
+        <v>1912</v>
       </c>
       <c r="B509" t="s">
-        <v>1861</v>
+        <v>1913</v>
       </c>
       <c r="C509" t="s">
-        <v>1920</v>
+        <v>1922</v>
       </c>
       <c r="D509" t="s">
-        <v>1921</v>
+        <v>1923</v>
       </c>
       <c r="E509" s="2" t="s">
-        <v>1922</v>
+        <v>1924</v>
       </c>
       <c r="F509" s="2" t="s">
-        <v>1923</v>
+        <v>1925</v>
       </c>
     </row>
     <row r="510" spans="1:6">
       <c r="A510" t="s">
-        <v>1860</v>
+        <v>1912</v>
       </c>
       <c r="B510" t="s">
-        <v>1861</v>
+        <v>1913</v>
       </c>
       <c r="C510" t="s">
-        <v>1924</v>
+        <v>1926</v>
       </c>
       <c r="D510" t="s">
-        <v>1925</v>
+        <v>1927</v>
       </c>
       <c r="E510" s="2" t="s">
-        <v>1926</v>
+        <v>1928</v>
       </c>
       <c r="F510" s="2" t="s">
-        <v>1927</v>
+        <v>1929</v>
       </c>
     </row>
     <row r="511" spans="1:6">
       <c r="A511" t="s">
-        <v>1860</v>
+        <v>1912</v>
       </c>
       <c r="B511" t="s">
-        <v>1861</v>
+        <v>1913</v>
       </c>
       <c r="C511" t="s">
-        <v>1928</v>
+        <v>1930</v>
       </c>
       <c r="D511" t="s">
-        <v>1929</v>
+        <v>1931</v>
       </c>
       <c r="E511" s="2" t="s">
-        <v>1930</v>
+        <v>1932</v>
       </c>
       <c r="F511" s="2" t="s">
-        <v>1931</v>
+        <v>1933</v>
       </c>
     </row>
     <row r="512" spans="1:6">
       <c r="A512" t="s">
-        <v>1860</v>
+        <v>1912</v>
       </c>
       <c r="B512" t="s">
-        <v>1861</v>
+        <v>1913</v>
       </c>
       <c r="C512" t="s">
-        <v>1932</v>
+        <v>1934</v>
       </c>
       <c r="D512" t="s">
-        <v>1933</v>
+        <v>1935</v>
       </c>
       <c r="E512" s="2" t="s">
-        <v>1934</v>
+        <v>1936</v>
       </c>
       <c r="F512" s="2" t="s">
-        <v>1935</v>
+        <v>1937</v>
       </c>
     </row>
     <row r="513" spans="1:6">
       <c r="A513" t="s">
-        <v>1860</v>
+        <v>1912</v>
       </c>
       <c r="B513" t="s">
-        <v>1861</v>
+        <v>1913</v>
       </c>
       <c r="C513" t="s">
-        <v>1936</v>
+        <v>1938</v>
       </c>
       <c r="D513" t="s">
-        <v>1937</v>
+        <v>1939</v>
       </c>
       <c r="E513" s="2" t="s">
-        <v>1938</v>
+        <v>1940</v>
       </c>
       <c r="F513" s="2" t="s">
-        <v>1939</v>
+        <v>1941</v>
       </c>
     </row>
     <row r="514" spans="1:6">
       <c r="A514" t="s">
-        <v>1860</v>
+        <v>1912</v>
       </c>
       <c r="B514" t="s">
-        <v>1861</v>
+        <v>1913</v>
       </c>
       <c r="C514" t="s">
-        <v>1940</v>
+        <v>1942</v>
       </c>
       <c r="D514" t="s">
-        <v>1941</v>
+        <v>1943</v>
       </c>
       <c r="E514" s="2" t="s">
-        <v>1942</v>
+        <v>1944</v>
       </c>
       <c r="F514" s="2" t="s">
-        <v>1943</v>
+        <v>1945</v>
       </c>
     </row>
     <row r="515" spans="1:6">
       <c r="A515" t="s">
-        <v>1860</v>
+        <v>1912</v>
       </c>
       <c r="B515" t="s">
-        <v>1861</v>
+        <v>1913</v>
       </c>
       <c r="C515" t="s">
-        <v>1944</v>
+        <v>1946</v>
       </c>
       <c r="D515" t="s">
-        <v>1945</v>
+        <v>1947</v>
       </c>
       <c r="E515" s="2" t="s">
-        <v>1946</v>
+        <v>1948</v>
       </c>
       <c r="F515" s="2" t="s">
-        <v>1947</v>
+        <v>1949</v>
       </c>
     </row>
     <row r="516" spans="1:6">
       <c r="A516" t="s">
-        <v>1860</v>
+        <v>1912</v>
       </c>
       <c r="B516" t="s">
-        <v>1861</v>
+        <v>1913</v>
       </c>
       <c r="C516" t="s">
-        <v>1948</v>
+        <v>1950</v>
       </c>
       <c r="D516" t="s">
-        <v>1949</v>
+        <v>1951</v>
       </c>
       <c r="E516" s="2" t="s">
-        <v>1950</v>
+        <v>1952</v>
       </c>
       <c r="F516" s="2" t="s">
-        <v>1951</v>
+        <v>1953</v>
       </c>
     </row>
     <row r="517" spans="1:6">
       <c r="A517" t="s">
-        <v>1860</v>
+        <v>1912</v>
       </c>
       <c r="B517" t="s">
-        <v>1861</v>
+        <v>1913</v>
       </c>
       <c r="C517" t="s">
-        <v>1952</v>
+        <v>1954</v>
       </c>
       <c r="D517" t="s">
-        <v>1953</v>
+        <v>1955</v>
       </c>
       <c r="E517" s="2" t="s">
-        <v>1954</v>
+        <v>1956</v>
       </c>
       <c r="F517" s="2" t="s">
-        <v>1955</v>
+        <v>1957</v>
       </c>
     </row>
     <row r="518" spans="1:6">
       <c r="A518" t="s">
-        <v>1860</v>
+        <v>1912</v>
       </c>
       <c r="B518" t="s">
-        <v>1861</v>
+        <v>1913</v>
       </c>
       <c r="C518" t="s">
-        <v>1956</v>
+        <v>1958</v>
       </c>
       <c r="D518" t="s">
-        <v>1957</v>
+        <v>1959</v>
       </c>
       <c r="E518" s="2" t="s">
-        <v>1958</v>
+        <v>1960</v>
       </c>
       <c r="F518" s="2" t="s">
-        <v>1959</v>
+        <v>1961</v>
       </c>
     </row>
     <row r="519" spans="1:6">
       <c r="A519" t="s">
-        <v>1860</v>
+        <v>1912</v>
       </c>
       <c r="B519" t="s">
-        <v>1861</v>
+        <v>1913</v>
       </c>
       <c r="C519" t="s">
-        <v>1960</v>
+        <v>1962</v>
       </c>
       <c r="D519" t="s">
-        <v>1961</v>
+        <v>1962</v>
       </c>
       <c r="E519" s="2" t="s">
-        <v>1962</v>
+        <v>1963</v>
       </c>
       <c r="F519" s="2" t="s">
-        <v>1963</v>
+        <v>1964</v>
       </c>
     </row>
     <row r="520" spans="1:6">
       <c r="A520" t="s">
-        <v>1860</v>
+        <v>1912</v>
       </c>
       <c r="B520" t="s">
-        <v>1861</v>
+        <v>1913</v>
       </c>
       <c r="C520" t="s">
-        <v>1964</v>
+        <v>1965</v>
       </c>
       <c r="D520" t="s">
-        <v>1965</v>
+        <v>1966</v>
       </c>
       <c r="E520" s="2" t="s">
-        <v>1966</v>
+        <v>1967</v>
       </c>
       <c r="F520" s="2" t="s">
-        <v>1967</v>
+        <v>1968</v>
       </c>
     </row>
     <row r="521" spans="1:6">
       <c r="A521" t="s">
-        <v>1860</v>
+        <v>1912</v>
       </c>
       <c r="B521" t="s">
-        <v>1861</v>
+        <v>1913</v>
       </c>
       <c r="C521" t="s">
-        <v>1968</v>
+        <v>1969</v>
       </c>
       <c r="D521" t="s">
         <v>1969</v>
       </c>
       <c r="E521" s="2" t="s">
         <v>1970</v>
       </c>
       <c r="F521" s="2" t="s">
         <v>1971</v>
       </c>
     </row>
     <row r="522" spans="1:6">
       <c r="A522" t="s">
-        <v>1860</v>
+        <v>1912</v>
       </c>
       <c r="B522" t="s">
-        <v>1861</v>
+        <v>1913</v>
       </c>
       <c r="C522" t="s">
         <v>1972</v>
       </c>
       <c r="D522" t="s">
         <v>1973</v>
       </c>
       <c r="E522" s="2" t="s">
         <v>1974</v>
       </c>
       <c r="F522" s="2" t="s">
         <v>1975</v>
       </c>
     </row>
     <row r="523" spans="1:6">
       <c r="A523" t="s">
-        <v>1860</v>
+        <v>1912</v>
       </c>
       <c r="B523" t="s">
-        <v>1861</v>
+        <v>1913</v>
       </c>
       <c r="C523" t="s">
         <v>1976</v>
       </c>
       <c r="D523" t="s">
         <v>1977</v>
       </c>
       <c r="E523" s="2" t="s">
         <v>1978</v>
       </c>
       <c r="F523" s="2" t="s">
         <v>1979</v>
       </c>
     </row>
     <row r="524" spans="1:6">
       <c r="A524" t="s">
-        <v>1860</v>
+        <v>1912</v>
       </c>
       <c r="B524" t="s">
-        <v>1861</v>
+        <v>1913</v>
       </c>
       <c r="C524" t="s">
         <v>1980</v>
       </c>
       <c r="D524" t="s">
         <v>1981</v>
       </c>
       <c r="E524" s="2" t="s">
         <v>1982</v>
       </c>
       <c r="F524" s="2" t="s">
         <v>1983</v>
       </c>
     </row>
     <row r="525" spans="1:6">
       <c r="A525" t="s">
-        <v>1860</v>
+        <v>1912</v>
       </c>
       <c r="B525" t="s">
-        <v>1861</v>
+        <v>1913</v>
       </c>
       <c r="C525" t="s">
         <v>1984</v>
       </c>
       <c r="D525" t="s">
+        <v>1984</v>
+      </c>
+      <c r="E525" s="2" t="s">
         <v>1985</v>
       </c>
-      <c r="E525" s="2" t="s">
+      <c r="F525" s="2" t="s">
         <v>1986</v>
-      </c>
-[...1 lines deleted...]
-        <v>1987</v>
       </c>
     </row>
     <row r="526" spans="1:6">
       <c r="A526" t="s">
-        <v>1860</v>
+        <v>1912</v>
       </c>
       <c r="B526" t="s">
-        <v>1861</v>
+        <v>1913</v>
       </c>
       <c r="C526" t="s">
+        <v>1987</v>
+      </c>
+      <c r="D526" t="s">
         <v>1988</v>
       </c>
-      <c r="D526" t="s">
+      <c r="E526" s="2" t="s">
         <v>1989</v>
       </c>
-      <c r="E526" s="2" t="s">
+      <c r="F526" s="2" t="s">
         <v>1990</v>
-      </c>
-[...1 lines deleted...]
-        <v>1991</v>
       </c>
     </row>
     <row r="527" spans="1:6">
       <c r="A527" t="s">
-        <v>1860</v>
+        <v>1912</v>
       </c>
       <c r="B527" t="s">
-        <v>1861</v>
+        <v>1913</v>
       </c>
       <c r="C527" t="s">
+        <v>1991</v>
+      </c>
+      <c r="D527" t="s">
         <v>1992</v>
       </c>
-      <c r="D527" t="s">
+      <c r="E527" s="2" t="s">
         <v>1993</v>
       </c>
-      <c r="E527" s="2" t="s">
+      <c r="F527" s="2" t="s">
         <v>1994</v>
-      </c>
-[...1 lines deleted...]
-        <v>1995</v>
       </c>
     </row>
     <row r="528" spans="1:6">
       <c r="A528" t="s">
-        <v>1860</v>
+        <v>1912</v>
       </c>
       <c r="B528" t="s">
-        <v>1861</v>
+        <v>1913</v>
       </c>
       <c r="C528" t="s">
+        <v>1995</v>
+      </c>
+      <c r="D528" t="s">
         <v>1996</v>
       </c>
-      <c r="D528" t="s">
+      <c r="E528" s="2" t="s">
         <v>1997</v>
       </c>
-      <c r="E528" s="2" t="s">
+      <c r="F528" s="2" t="s">
         <v>1998</v>
-      </c>
-[...1 lines deleted...]
-        <v>1999</v>
       </c>
     </row>
     <row r="529" spans="1:6">
       <c r="A529" t="s">
-        <v>1860</v>
+        <v>1912</v>
       </c>
       <c r="B529" t="s">
-        <v>1861</v>
+        <v>1913</v>
       </c>
       <c r="C529" t="s">
+        <v>1999</v>
+      </c>
+      <c r="D529" t="s">
         <v>2000</v>
       </c>
-      <c r="D529" t="s">
+      <c r="E529" s="2" t="s">
         <v>2001</v>
       </c>
-      <c r="E529" s="2" t="s">
+      <c r="F529" s="2" t="s">
         <v>2002</v>
-      </c>
-[...1 lines deleted...]
-        <v>2003</v>
       </c>
     </row>
     <row r="530" spans="1:6">
       <c r="A530" t="s">
-        <v>1860</v>
+        <v>1912</v>
       </c>
       <c r="B530" t="s">
-        <v>1861</v>
+        <v>1913</v>
       </c>
       <c r="C530" t="s">
-        <v>292</v>
+        <v>2003</v>
       </c>
       <c r="D530" t="s">
-        <v>293</v>
+        <v>2004</v>
       </c>
       <c r="E530" s="2" t="s">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="F530" s="2" t="s">
-        <v>2005</v>
+        <v>2006</v>
       </c>
     </row>
     <row r="531" spans="1:6">
       <c r="A531" t="s">
-        <v>1860</v>
+        <v>1912</v>
       </c>
       <c r="B531" t="s">
-        <v>1861</v>
+        <v>1913</v>
       </c>
       <c r="C531" t="s">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="D531" t="s">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="E531" s="2" t="s">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="F531" s="2" t="s">
-        <v>2009</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="532" spans="1:6">
       <c r="A532" t="s">
-        <v>1860</v>
+        <v>1912</v>
       </c>
       <c r="B532" t="s">
-        <v>1861</v>
+        <v>1913</v>
       </c>
       <c r="C532" t="s">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="D532" t="s">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="E532" s="2" t="s">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="F532" s="2" t="s">
-        <v>2013</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="533" spans="1:6">
       <c r="A533" t="s">
-        <v>1860</v>
+        <v>1912</v>
       </c>
       <c r="B533" t="s">
-        <v>1861</v>
+        <v>1913</v>
       </c>
       <c r="C533" t="s">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="D533" t="s">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="E533" s="2" t="s">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="F533" s="2" t="s">
-        <v>2017</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="534" spans="1:6">
       <c r="A534" t="s">
-        <v>1860</v>
+        <v>1912</v>
       </c>
       <c r="B534" t="s">
-        <v>1861</v>
+        <v>1913</v>
       </c>
       <c r="C534" t="s">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="D534" t="s">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="E534" s="2" t="s">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="F534" s="2" t="s">
-        <v>2021</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="535" spans="1:6">
       <c r="A535" t="s">
-        <v>1860</v>
+        <v>1912</v>
       </c>
       <c r="B535" t="s">
-        <v>1861</v>
+        <v>1913</v>
       </c>
       <c r="C535" t="s">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="D535" t="s">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="E535" s="2" t="s">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="F535" s="2" t="s">
-        <v>2025</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="536" spans="1:6">
       <c r="A536" t="s">
-        <v>1860</v>
+        <v>1912</v>
       </c>
       <c r="B536" t="s">
-        <v>1861</v>
+        <v>1913</v>
       </c>
       <c r="C536" t="s">
-        <v>2026</v>
+        <v>2027</v>
       </c>
       <c r="D536" t="s">
-        <v>2027</v>
+        <v>2028</v>
       </c>
       <c r="E536" s="2" t="s">
-        <v>2028</v>
+        <v>2029</v>
       </c>
       <c r="F536" s="2" t="s">
-        <v>2029</v>
+        <v>2030</v>
       </c>
     </row>
     <row r="537" spans="1:6">
       <c r="A537" t="s">
-        <v>1860</v>
+        <v>1912</v>
       </c>
       <c r="B537" t="s">
-        <v>1861</v>
+        <v>1913</v>
       </c>
       <c r="C537" t="s">
-        <v>2030</v>
+        <v>2031</v>
       </c>
       <c r="D537" t="s">
-        <v>2031</v>
+        <v>2032</v>
       </c>
       <c r="E537" s="2" t="s">
-        <v>2032</v>
+        <v>2033</v>
       </c>
       <c r="F537" s="2" t="s">
-        <v>2033</v>
+        <v>2034</v>
       </c>
     </row>
     <row r="538" spans="1:6">
       <c r="A538" t="s">
-        <v>1860</v>
+        <v>1912</v>
       </c>
       <c r="B538" t="s">
-        <v>1861</v>
+        <v>1913</v>
       </c>
       <c r="C538" t="s">
-        <v>2034</v>
+        <v>2035</v>
       </c>
       <c r="D538" t="s">
-        <v>2035</v>
+        <v>2036</v>
       </c>
       <c r="E538" s="2" t="s">
-        <v>2036</v>
+        <v>2037</v>
       </c>
       <c r="F538" s="2" t="s">
-        <v>2037</v>
+        <v>2038</v>
       </c>
     </row>
     <row r="539" spans="1:6">
       <c r="A539" t="s">
-        <v>1860</v>
+        <v>1912</v>
       </c>
       <c r="B539" t="s">
-        <v>1861</v>
+        <v>1913</v>
       </c>
       <c r="C539" t="s">
-        <v>2038</v>
+        <v>2039</v>
       </c>
       <c r="D539" t="s">
-        <v>2039</v>
+        <v>2040</v>
       </c>
       <c r="E539" s="2" t="s">
-        <v>2040</v>
+        <v>2041</v>
       </c>
       <c r="F539" s="2" t="s">
-        <v>2041</v>
+        <v>2042</v>
       </c>
     </row>
     <row r="540" spans="1:6">
       <c r="A540" t="s">
-        <v>1860</v>
+        <v>1912</v>
       </c>
       <c r="B540" t="s">
-        <v>1861</v>
+        <v>1913</v>
       </c>
       <c r="C540" t="s">
-        <v>2042</v>
+        <v>2043</v>
       </c>
       <c r="D540" t="s">
-        <v>2043</v>
+        <v>2044</v>
       </c>
       <c r="E540" s="2" t="s">
-        <v>2044</v>
+        <v>2045</v>
       </c>
       <c r="F540" s="2" t="s">
-        <v>2045</v>
+        <v>2046</v>
       </c>
     </row>
     <row r="541" spans="1:6">
       <c r="A541" t="s">
-        <v>1860</v>
+        <v>1912</v>
       </c>
       <c r="B541" t="s">
-        <v>1861</v>
+        <v>1913</v>
       </c>
       <c r="C541" t="s">
-        <v>2046</v>
+        <v>2047</v>
       </c>
       <c r="D541" t="s">
-        <v>1027</v>
+        <v>2048</v>
       </c>
       <c r="E541" s="2" t="s">
-        <v>2047</v>
+        <v>2049</v>
       </c>
       <c r="F541" s="2" t="s">
-        <v>2048</v>
+        <v>2050</v>
       </c>
     </row>
     <row r="542" spans="1:6">
       <c r="A542" t="s">
-        <v>2049</v>
+        <v>1912</v>
       </c>
       <c r="B542" t="s">
-        <v>2050</v>
+        <v>1913</v>
       </c>
       <c r="C542" t="s">
         <v>2051</v>
       </c>
       <c r="D542" t="s">
         <v>2052</v>
       </c>
       <c r="E542" s="2" t="s">
         <v>2053</v>
       </c>
       <c r="F542" s="2" t="s">
         <v>2054</v>
       </c>
     </row>
     <row r="543" spans="1:6">
       <c r="A543" t="s">
-        <v>2049</v>
+        <v>1912</v>
       </c>
       <c r="B543" t="s">
-        <v>2050</v>
+        <v>1913</v>
       </c>
       <c r="C543" t="s">
         <v>2055</v>
       </c>
       <c r="D543" t="s">
-        <v>1827</v>
+        <v>2056</v>
       </c>
       <c r="E543" s="2" t="s">
-        <v>2056</v>
+        <v>2057</v>
       </c>
       <c r="F543" s="2" t="s">
-        <v>2057</v>
+        <v>2058</v>
       </c>
     </row>
     <row r="544" spans="1:6">
       <c r="A544" t="s">
-        <v>2049</v>
+        <v>1912</v>
       </c>
       <c r="B544" t="s">
-        <v>2050</v>
+        <v>1913</v>
       </c>
       <c r="C544" t="s">
-        <v>2058</v>
+        <v>2059</v>
       </c>
       <c r="D544" t="s">
-        <v>2059</v>
+        <v>2060</v>
       </c>
       <c r="E544" s="2" t="s">
-        <v>2060</v>
+        <v>2061</v>
       </c>
       <c r="F544" s="2" t="s">
-        <v>2061</v>
+        <v>2062</v>
       </c>
     </row>
     <row r="545" spans="1:6">
       <c r="A545" t="s">
-        <v>2049</v>
+        <v>1912</v>
       </c>
       <c r="B545" t="s">
-        <v>2050</v>
+        <v>1913</v>
       </c>
       <c r="C545" t="s">
-        <v>2062</v>
+        <v>2063</v>
       </c>
       <c r="D545" t="s">
-        <v>2062</v>
+        <v>2064</v>
       </c>
       <c r="E545" s="2" t="s">
-        <v>2063</v>
+        <v>2065</v>
       </c>
       <c r="F545" s="2" t="s">
-        <v>2064</v>
+        <v>2066</v>
       </c>
     </row>
     <row r="546" spans="1:6">
       <c r="A546" t="s">
-        <v>2049</v>
+        <v>1912</v>
       </c>
       <c r="B546" t="s">
-        <v>2050</v>
+        <v>1913</v>
       </c>
       <c r="C546" t="s">
-        <v>2065</v>
+        <v>2067</v>
       </c>
       <c r="D546" t="s">
-        <v>2066</v>
+        <v>2068</v>
       </c>
       <c r="E546" s="2" t="s">
-        <v>2067</v>
+        <v>2069</v>
       </c>
       <c r="F546" s="2" t="s">
-        <v>2068</v>
+        <v>2070</v>
       </c>
     </row>
     <row r="547" spans="1:6">
       <c r="A547" t="s">
-        <v>2049</v>
+        <v>1912</v>
       </c>
       <c r="B547" t="s">
-        <v>2050</v>
+        <v>1913</v>
       </c>
       <c r="C547" t="s">
-        <v>2069</v>
+        <v>296</v>
       </c>
       <c r="D547" t="s">
-        <v>2070</v>
+        <v>297</v>
       </c>
       <c r="E547" s="2" t="s">
         <v>2071</v>
       </c>
       <c r="F547" s="2" t="s">
         <v>2072</v>
       </c>
     </row>
     <row r="548" spans="1:6">
       <c r="A548" t="s">
+        <v>1912</v>
+      </c>
+      <c r="B548" t="s">
+        <v>1913</v>
+      </c>
+      <c r="C548" t="s">
         <v>2073</v>
       </c>
-      <c r="B548" t="s">
+      <c r="D548" t="s">
         <v>2074</v>
       </c>
-      <c r="C548" t="s">
+      <c r="E548" s="2" t="s">
         <v>2075</v>
       </c>
-      <c r="D548" t="s">
+      <c r="F548" s="2" t="s">
         <v>2076</v>
-      </c>
-[...4 lines deleted...]
-        <v>2078</v>
       </c>
     </row>
     <row r="549" spans="1:6">
       <c r="A549" t="s">
-        <v>2073</v>
+        <v>1912</v>
       </c>
       <c r="B549" t="s">
-        <v>2074</v>
+        <v>1913</v>
       </c>
       <c r="C549" t="s">
-        <v>1894</v>
+        <v>2077</v>
       </c>
       <c r="D549" t="s">
-        <v>1895</v>
+        <v>2078</v>
       </c>
       <c r="E549" s="2" t="s">
         <v>2079</v>
       </c>
       <c r="F549" s="2" t="s">
         <v>2080</v>
       </c>
     </row>
     <row r="550" spans="1:6">
       <c r="A550" t="s">
-        <v>2073</v>
+        <v>1912</v>
       </c>
       <c r="B550" t="s">
-        <v>2074</v>
+        <v>1913</v>
       </c>
       <c r="C550" t="s">
         <v>2081</v>
       </c>
       <c r="D550" t="s">
         <v>2082</v>
       </c>
       <c r="E550" s="2" t="s">
         <v>2083</v>
       </c>
       <c r="F550" s="2" t="s">
         <v>2084</v>
       </c>
     </row>
     <row r="551" spans="1:6">
       <c r="A551" t="s">
-        <v>2073</v>
+        <v>1912</v>
       </c>
       <c r="B551" t="s">
-        <v>2074</v>
+        <v>1913</v>
       </c>
       <c r="C551" t="s">
         <v>2085</v>
       </c>
       <c r="D551" t="s">
         <v>2086</v>
       </c>
       <c r="E551" s="2" t="s">
         <v>2087</v>
       </c>
       <c r="F551" s="2" t="s">
         <v>2088</v>
       </c>
     </row>
     <row r="552" spans="1:6">
       <c r="A552" t="s">
-        <v>2073</v>
+        <v>1912</v>
       </c>
       <c r="B552" t="s">
-        <v>2074</v>
+        <v>1913</v>
       </c>
       <c r="C552" t="s">
-        <v>1936</v>
+        <v>2089</v>
       </c>
       <c r="D552" t="s">
-        <v>1937</v>
+        <v>2090</v>
       </c>
       <c r="E552" s="2" t="s">
-        <v>2089</v>
+        <v>2091</v>
       </c>
       <c r="F552" s="2" t="s">
-        <v>2090</v>
+        <v>2092</v>
       </c>
     </row>
     <row r="553" spans="1:6">
       <c r="A553" t="s">
-        <v>2073</v>
+        <v>1912</v>
       </c>
       <c r="B553" t="s">
-        <v>2074</v>
+        <v>1913</v>
       </c>
       <c r="C553" t="s">
-        <v>1956</v>
+        <v>2093</v>
       </c>
       <c r="D553" t="s">
-        <v>1957</v>
+        <v>2094</v>
       </c>
       <c r="E553" s="2" t="s">
-        <v>2091</v>
+        <v>2095</v>
       </c>
       <c r="F553" s="2" t="s">
-        <v>2092</v>
+        <v>2096</v>
       </c>
     </row>
     <row r="554" spans="1:6">
       <c r="A554" t="s">
-        <v>2073</v>
+        <v>1912</v>
       </c>
       <c r="B554" t="s">
-        <v>2074</v>
+        <v>1913</v>
       </c>
       <c r="C554" t="s">
-        <v>1988</v>
+        <v>2097</v>
       </c>
       <c r="D554" t="s">
-        <v>1989</v>
+        <v>2098</v>
       </c>
       <c r="E554" s="2" t="s">
-        <v>2093</v>
+        <v>2099</v>
       </c>
       <c r="F554" s="2" t="s">
-        <v>2094</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="555" spans="1:6">
       <c r="A555" t="s">
-        <v>2073</v>
+        <v>1912</v>
       </c>
       <c r="B555" t="s">
-        <v>2074</v>
+        <v>1913</v>
       </c>
       <c r="C555" t="s">
-        <v>2095</v>
+        <v>2101</v>
       </c>
       <c r="D555" t="s">
-        <v>2096</v>
+        <v>2102</v>
       </c>
       <c r="E555" s="2" t="s">
-        <v>2097</v>
+        <v>2103</v>
       </c>
       <c r="F555" s="2" t="s">
-        <v>2098</v>
+        <v>2104</v>
       </c>
     </row>
     <row r="556" spans="1:6">
       <c r="A556" t="s">
-        <v>2073</v>
+        <v>1912</v>
       </c>
       <c r="B556" t="s">
-        <v>2074</v>
+        <v>1913</v>
       </c>
       <c r="C556" t="s">
-        <v>1992</v>
+        <v>2105</v>
       </c>
       <c r="D556" t="s">
-        <v>1993</v>
+        <v>2106</v>
       </c>
       <c r="E556" s="2" t="s">
-        <v>2099</v>
+        <v>2107</v>
       </c>
       <c r="F556" s="2" t="s">
-        <v>2100</v>
+        <v>2108</v>
       </c>
     </row>
     <row r="557" spans="1:6">
       <c r="A557" t="s">
-        <v>2073</v>
+        <v>1912</v>
       </c>
       <c r="B557" t="s">
-        <v>2074</v>
+        <v>1913</v>
       </c>
       <c r="C557" t="s">
-        <v>2101</v>
+        <v>2109</v>
       </c>
       <c r="D557" t="s">
-        <v>2102</v>
+        <v>2110</v>
       </c>
       <c r="E557" s="2" t="s">
-        <v>2103</v>
+        <v>2111</v>
       </c>
       <c r="F557" s="2" t="s">
-        <v>2104</v>
+        <v>2112</v>
       </c>
     </row>
     <row r="558" spans="1:6">
       <c r="A558" t="s">
-        <v>2073</v>
+        <v>1912</v>
       </c>
       <c r="B558" t="s">
-        <v>2074</v>
+        <v>1913</v>
       </c>
       <c r="C558" t="s">
-        <v>2018</v>
+        <v>2113</v>
       </c>
       <c r="D558" t="s">
-        <v>2019</v>
+        <v>2114</v>
       </c>
       <c r="E558" s="2" t="s">
-        <v>2020</v>
+        <v>2115</v>
       </c>
       <c r="F558" s="2" t="s">
-        <v>2105</v>
+        <v>2116</v>
       </c>
     </row>
     <row r="559" spans="1:6">
       <c r="A559" t="s">
-        <v>2073</v>
+        <v>1912</v>
       </c>
       <c r="B559" t="s">
-        <v>2074</v>
+        <v>1913</v>
       </c>
       <c r="C559" t="s">
-        <v>2022</v>
+        <v>2117</v>
       </c>
       <c r="D559" t="s">
-        <v>2023</v>
+        <v>2118</v>
       </c>
       <c r="E559" s="2" t="s">
-        <v>2024</v>
+        <v>2119</v>
       </c>
       <c r="F559" s="2" t="s">
-        <v>2106</v>
+        <v>2120</v>
       </c>
     </row>
     <row r="560" spans="1:6">
       <c r="A560" t="s">
-        <v>2107</v>
+        <v>1912</v>
       </c>
       <c r="B560" t="s">
-        <v>2108</v>
+        <v>1913</v>
       </c>
       <c r="C560" t="s">
-        <v>571</v>
+        <v>2121</v>
       </c>
       <c r="D560" t="s">
-        <v>572</v>
+        <v>2122</v>
       </c>
       <c r="E560" s="2" t="s">
-        <v>2109</v>
+        <v>2123</v>
       </c>
       <c r="F560" s="2" t="s">
-        <v>2110</v>
+        <v>2124</v>
       </c>
     </row>
     <row r="561" spans="1:6">
       <c r="A561" t="s">
-        <v>2107</v>
+        <v>1912</v>
       </c>
       <c r="B561" t="s">
-        <v>2108</v>
+        <v>1913</v>
       </c>
       <c r="C561" t="s">
-        <v>583</v>
+        <v>2125</v>
       </c>
       <c r="D561" t="s">
-        <v>584</v>
+        <v>1031</v>
       </c>
       <c r="E561" s="2" t="s">
-        <v>1799</v>
+        <v>2126</v>
       </c>
       <c r="F561" s="2" t="s">
-        <v>2111</v>
+        <v>2127</v>
       </c>
     </row>
     <row r="562" spans="1:6">
       <c r="A562" t="s">
-        <v>2107</v>
+        <v>2128</v>
       </c>
       <c r="B562" t="s">
-        <v>2108</v>
+        <v>2129</v>
       </c>
       <c r="C562" t="s">
-        <v>2112</v>
+        <v>2130</v>
       </c>
       <c r="D562" t="s">
-        <v>2113</v>
+        <v>2131</v>
       </c>
       <c r="E562" s="2" t="s">
-        <v>2114</v>
+        <v>2132</v>
       </c>
       <c r="F562" s="2" t="s">
-        <v>2115</v>
+        <v>2133</v>
       </c>
     </row>
     <row r="563" spans="1:6">
       <c r="A563" t="s">
-        <v>2107</v>
+        <v>2128</v>
       </c>
       <c r="B563" t="s">
-        <v>2108</v>
+        <v>2129</v>
       </c>
       <c r="C563" t="s">
-        <v>2116</v>
+        <v>2134</v>
       </c>
       <c r="D563" t="s">
-        <v>2117</v>
+        <v>1875</v>
       </c>
       <c r="E563" s="2" t="s">
-        <v>2118</v>
+        <v>2135</v>
       </c>
       <c r="F563" s="2" t="s">
-        <v>2119</v>
+        <v>2136</v>
       </c>
     </row>
     <row r="564" spans="1:6">
       <c r="A564" t="s">
-        <v>2107</v>
+        <v>2128</v>
       </c>
       <c r="B564" t="s">
-        <v>2108</v>
+        <v>2129</v>
       </c>
       <c r="C564" t="s">
-        <v>2120</v>
+        <v>2137</v>
       </c>
       <c r="D564" t="s">
-        <v>2121</v>
+        <v>2138</v>
       </c>
       <c r="E564" s="2" t="s">
-        <v>2122</v>
+        <v>2139</v>
       </c>
       <c r="F564" s="2" t="s">
-        <v>2123</v>
+        <v>2140</v>
       </c>
     </row>
     <row r="565" spans="1:6">
       <c r="A565" t="s">
-        <v>2107</v>
+        <v>2128</v>
       </c>
       <c r="B565" t="s">
-        <v>2108</v>
+        <v>2129</v>
       </c>
       <c r="C565" t="s">
-        <v>1012</v>
+        <v>2141</v>
       </c>
       <c r="D565" t="s">
-        <v>1013</v>
+        <v>2141</v>
       </c>
       <c r="E565" s="2" t="s">
-        <v>2124</v>
+        <v>2142</v>
       </c>
       <c r="F565" s="2" t="s">
-        <v>2125</v>
+        <v>2143</v>
       </c>
     </row>
     <row r="566" spans="1:6">
       <c r="A566" t="s">
-        <v>2107</v>
+        <v>2128</v>
       </c>
       <c r="B566" t="s">
-        <v>2108</v>
+        <v>2129</v>
       </c>
       <c r="C566" t="s">
-        <v>342</v>
+        <v>2144</v>
       </c>
       <c r="D566" t="s">
-        <v>343</v>
+        <v>2145</v>
       </c>
       <c r="E566" s="2" t="s">
-        <v>2126</v>
+        <v>2146</v>
       </c>
       <c r="F566" s="2" t="s">
-        <v>2127</v>
+        <v>2147</v>
       </c>
     </row>
     <row r="567" spans="1:6">
       <c r="A567" t="s">
-        <v>2107</v>
+        <v>2128</v>
       </c>
       <c r="B567" t="s">
-        <v>2108</v>
+        <v>2129</v>
       </c>
       <c r="C567" t="s">
-        <v>2128</v>
+        <v>2148</v>
       </c>
       <c r="D567" t="s">
-        <v>2129</v>
+        <v>2149</v>
       </c>
       <c r="E567" s="2" t="s">
-        <v>2130</v>
+        <v>2150</v>
       </c>
       <c r="F567" s="2" t="s">
-        <v>2131</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="568" spans="1:6">
       <c r="A568" t="s">
-        <v>2107</v>
+        <v>2152</v>
       </c>
       <c r="B568" t="s">
-        <v>2108</v>
+        <v>2153</v>
       </c>
       <c r="C568" t="s">
-        <v>346</v>
+        <v>2154</v>
       </c>
       <c r="D568" t="s">
-        <v>347</v>
+        <v>2155</v>
       </c>
       <c r="E568" s="2" t="s">
-        <v>348</v>
+        <v>2156</v>
       </c>
       <c r="F568" s="2" t="s">
-        <v>2132</v>
+        <v>2157</v>
       </c>
     </row>
     <row r="569" spans="1:6">
       <c r="A569" t="s">
-        <v>2107</v>
+        <v>2152</v>
       </c>
       <c r="B569" t="s">
-        <v>2108</v>
+        <v>2153</v>
       </c>
       <c r="C569" t="s">
-        <v>1826</v>
+        <v>1946</v>
       </c>
       <c r="D569" t="s">
-        <v>1827</v>
+        <v>1947</v>
       </c>
       <c r="E569" s="2" t="s">
-        <v>2133</v>
+        <v>2158</v>
       </c>
       <c r="F569" s="2" t="s">
-        <v>2134</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="570" spans="1:6">
       <c r="A570" t="s">
-        <v>2107</v>
+        <v>2152</v>
       </c>
       <c r="B570" t="s">
-        <v>2108</v>
+        <v>2153</v>
       </c>
       <c r="C570" t="s">
-        <v>2135</v>
+        <v>2160</v>
       </c>
       <c r="D570" t="s">
-        <v>2136</v>
+        <v>2161</v>
       </c>
       <c r="E570" s="2" t="s">
-        <v>2137</v>
+        <v>2162</v>
       </c>
       <c r="F570" s="2" t="s">
-        <v>2138</v>
+        <v>2163</v>
       </c>
     </row>
     <row r="571" spans="1:6">
       <c r="A571" t="s">
-        <v>2107</v>
+        <v>2152</v>
       </c>
       <c r="B571" t="s">
-        <v>2108</v>
+        <v>2153</v>
       </c>
       <c r="C571" t="s">
-        <v>1834</v>
+        <v>2164</v>
       </c>
       <c r="D571" t="s">
-        <v>1835</v>
+        <v>2165</v>
       </c>
       <c r="E571" s="2" t="s">
-        <v>2139</v>
+        <v>2166</v>
       </c>
       <c r="F571" s="2" t="s">
-        <v>2140</v>
+        <v>2167</v>
       </c>
     </row>
     <row r="572" spans="1:6">
       <c r="A572" t="s">
-        <v>2107</v>
+        <v>2152</v>
       </c>
       <c r="B572" t="s">
-        <v>2108</v>
+        <v>2153</v>
       </c>
       <c r="C572" t="s">
-        <v>2141</v>
+        <v>1995</v>
       </c>
       <c r="D572" t="s">
-        <v>2142</v>
+        <v>1996</v>
       </c>
       <c r="E572" s="2" t="s">
-        <v>2143</v>
+        <v>2168</v>
       </c>
       <c r="F572" s="2" t="s">
-        <v>2144</v>
+        <v>2169</v>
       </c>
     </row>
     <row r="573" spans="1:6">
       <c r="A573" t="s">
-        <v>2107</v>
+        <v>2152</v>
       </c>
       <c r="B573" t="s">
-        <v>2108</v>
+        <v>2153</v>
       </c>
       <c r="C573" t="s">
-        <v>354</v>
+        <v>2015</v>
       </c>
       <c r="D573" t="s">
-        <v>355</v>
+        <v>2016</v>
       </c>
       <c r="E573" s="2" t="s">
-        <v>356</v>
+        <v>2170</v>
       </c>
       <c r="F573" s="2" t="s">
-        <v>2145</v>
+        <v>2171</v>
       </c>
     </row>
     <row r="574" spans="1:6">
       <c r="A574" t="s">
-        <v>2107</v>
+        <v>2152</v>
       </c>
       <c r="B574" t="s">
-        <v>2108</v>
+        <v>2153</v>
       </c>
       <c r="C574" t="s">
-        <v>292</v>
+        <v>2055</v>
       </c>
       <c r="D574" t="s">
-        <v>293</v>
+        <v>2056</v>
       </c>
       <c r="E574" s="2" t="s">
-        <v>2146</v>
+        <v>2172</v>
       </c>
       <c r="F574" s="2" t="s">
-        <v>2147</v>
+        <v>2173</v>
       </c>
     </row>
     <row r="575" spans="1:6">
       <c r="A575" t="s">
-        <v>2107</v>
+        <v>2152</v>
       </c>
       <c r="B575" t="s">
-        <v>2108</v>
+        <v>2153</v>
       </c>
       <c r="C575" t="s">
-        <v>1841</v>
+        <v>2174</v>
       </c>
       <c r="D575" t="s">
-        <v>1842</v>
+        <v>2175</v>
       </c>
       <c r="E575" s="2" t="s">
-        <v>2148</v>
+        <v>2176</v>
       </c>
       <c r="F575" s="2" t="s">
-        <v>2149</v>
+        <v>2177</v>
       </c>
     </row>
     <row r="576" spans="1:6">
       <c r="A576" t="s">
-        <v>2107</v>
+        <v>2152</v>
       </c>
       <c r="B576" t="s">
-        <v>2108</v>
+        <v>2153</v>
       </c>
       <c r="C576" t="s">
-        <v>2150</v>
+        <v>2059</v>
       </c>
       <c r="D576" t="s">
-        <v>2151</v>
+        <v>2060</v>
       </c>
       <c r="E576" s="2" t="s">
-        <v>2152</v>
+        <v>2178</v>
       </c>
       <c r="F576" s="2" t="s">
-        <v>2153</v>
+        <v>2179</v>
       </c>
     </row>
     <row r="577" spans="1:6">
       <c r="A577" t="s">
-        <v>2107</v>
+        <v>2152</v>
       </c>
       <c r="B577" t="s">
-        <v>2108</v>
+        <v>2153</v>
       </c>
       <c r="C577" t="s">
-        <v>358</v>
+        <v>2180</v>
       </c>
       <c r="D577" t="s">
-        <v>359</v>
+        <v>2181</v>
       </c>
       <c r="E577" s="2" t="s">
-        <v>360</v>
+        <v>2182</v>
       </c>
       <c r="F577" s="2" t="s">
-        <v>2154</v>
+        <v>2183</v>
       </c>
     </row>
     <row r="578" spans="1:6">
       <c r="A578" t="s">
-        <v>2107</v>
+        <v>2152</v>
       </c>
       <c r="B578" t="s">
-        <v>2108</v>
+        <v>2153</v>
       </c>
       <c r="C578" t="s">
-        <v>981</v>
+        <v>2093</v>
       </c>
       <c r="D578" t="s">
-        <v>982</v>
+        <v>2094</v>
       </c>
       <c r="E578" s="2" t="s">
-        <v>1276</v>
+        <v>2095</v>
       </c>
       <c r="F578" s="2" t="s">
-        <v>2155</v>
+        <v>2184</v>
       </c>
     </row>
     <row r="579" spans="1:6">
       <c r="A579" t="s">
-        <v>2107</v>
+        <v>2152</v>
       </c>
       <c r="B579" t="s">
-        <v>2108</v>
+        <v>2153</v>
       </c>
       <c r="C579" t="s">
-        <v>985</v>
+        <v>2097</v>
       </c>
       <c r="D579" t="s">
-        <v>986</v>
+        <v>2098</v>
       </c>
       <c r="E579" s="2" t="s">
-        <v>2156</v>
+        <v>2099</v>
       </c>
       <c r="F579" s="2" t="s">
-        <v>2157</v>
+        <v>2185</v>
       </c>
     </row>
     <row r="580" spans="1:6">
       <c r="A580" t="s">
-        <v>2107</v>
+        <v>2186</v>
       </c>
       <c r="B580" t="s">
-        <v>2108</v>
+        <v>2187</v>
       </c>
       <c r="C580" t="s">
-        <v>366</v>
+        <v>575</v>
       </c>
       <c r="D580" t="s">
-        <v>367</v>
+        <v>576</v>
       </c>
       <c r="E580" s="2" t="s">
-        <v>368</v>
+        <v>2188</v>
       </c>
       <c r="F580" s="2" t="s">
-        <v>2158</v>
+        <v>2189</v>
       </c>
     </row>
     <row r="581" spans="1:6">
       <c r="A581" t="s">
-        <v>2107</v>
+        <v>2186</v>
       </c>
       <c r="B581" t="s">
-        <v>2108</v>
+        <v>2187</v>
       </c>
       <c r="C581" t="s">
-        <v>2159</v>
+        <v>587</v>
       </c>
       <c r="D581" t="s">
-        <v>2160</v>
+        <v>588</v>
       </c>
       <c r="E581" s="2" t="s">
-        <v>2161</v>
+        <v>1847</v>
       </c>
       <c r="F581" s="2" t="s">
-        <v>2162</v>
+        <v>2190</v>
       </c>
     </row>
     <row r="582" spans="1:6">
       <c r="A582" t="s">
-        <v>2107</v>
+        <v>2186</v>
       </c>
       <c r="B582" t="s">
-        <v>2108</v>
+        <v>2187</v>
       </c>
       <c r="C582" t="s">
-        <v>374</v>
+        <v>2191</v>
       </c>
       <c r="D582" t="s">
-        <v>375</v>
+        <v>2192</v>
       </c>
       <c r="E582" s="2" t="s">
-        <v>376</v>
+        <v>2193</v>
       </c>
       <c r="F582" s="2" t="s">
-        <v>2163</v>
+        <v>2194</v>
       </c>
     </row>
     <row r="583" spans="1:6">
       <c r="A583" t="s">
-        <v>2164</v>
+        <v>2186</v>
       </c>
       <c r="B583" t="s">
-        <v>2165</v>
+        <v>2187</v>
       </c>
       <c r="C583" t="s">
-        <v>2166</v>
+        <v>2195</v>
       </c>
       <c r="D583" t="s">
-        <v>2167</v>
+        <v>2196</v>
       </c>
       <c r="E583" s="2" t="s">
-        <v>2168</v>
+        <v>2197</v>
       </c>
       <c r="F583" s="2" t="s">
-        <v>2169</v>
+        <v>2198</v>
       </c>
     </row>
     <row r="584" spans="1:6">
       <c r="A584" t="s">
-        <v>2164</v>
+        <v>2186</v>
       </c>
       <c r="B584" t="s">
-        <v>2165</v>
+        <v>2187</v>
       </c>
       <c r="C584" t="s">
-        <v>2170</v>
+        <v>2199</v>
       </c>
       <c r="D584" t="s">
-        <v>2171</v>
+        <v>2200</v>
       </c>
       <c r="E584" s="2" t="s">
-        <v>2172</v>
+        <v>2201</v>
       </c>
       <c r="F584" s="2" t="s">
-        <v>2173</v>
+        <v>2202</v>
       </c>
     </row>
     <row r="585" spans="1:6">
       <c r="A585" t="s">
-        <v>2164</v>
+        <v>2186</v>
       </c>
       <c r="B585" t="s">
-        <v>2165</v>
+        <v>2187</v>
       </c>
       <c r="C585" t="s">
-        <v>2174</v>
+        <v>1016</v>
       </c>
       <c r="D585" t="s">
-        <v>2175</v>
+        <v>1017</v>
       </c>
       <c r="E585" s="2" t="s">
-        <v>2176</v>
+        <v>2203</v>
       </c>
       <c r="F585" s="2" t="s">
-        <v>2177</v>
+        <v>2204</v>
       </c>
     </row>
     <row r="586" spans="1:6">
       <c r="A586" t="s">
-        <v>2164</v>
+        <v>2186</v>
       </c>
       <c r="B586" t="s">
-        <v>2165</v>
+        <v>2187</v>
       </c>
       <c r="C586" t="s">
-        <v>2178</v>
+        <v>346</v>
       </c>
       <c r="D586" t="s">
-        <v>2179</v>
+        <v>347</v>
       </c>
       <c r="E586" s="2" t="s">
-        <v>2180</v>
+        <v>2205</v>
       </c>
       <c r="F586" s="2" t="s">
-        <v>2181</v>
+        <v>2206</v>
       </c>
     </row>
     <row r="587" spans="1:6">
       <c r="A587" t="s">
-        <v>2164</v>
+        <v>2186</v>
       </c>
       <c r="B587" t="s">
-        <v>2165</v>
+        <v>2187</v>
       </c>
       <c r="C587" t="s">
-        <v>2182</v>
+        <v>2207</v>
       </c>
       <c r="D587" t="s">
-        <v>2183</v>
+        <v>2208</v>
       </c>
       <c r="E587" s="2" t="s">
-        <v>2184</v>
+        <v>2209</v>
       </c>
       <c r="F587" s="2" t="s">
-        <v>2185</v>
+        <v>2210</v>
       </c>
     </row>
     <row r="588" spans="1:6">
       <c r="A588" t="s">
-        <v>2164</v>
+        <v>2186</v>
       </c>
       <c r="B588" t="s">
-        <v>2165</v>
+        <v>2187</v>
       </c>
       <c r="C588" t="s">
-        <v>2186</v>
+        <v>350</v>
       </c>
       <c r="D588" t="s">
-        <v>2187</v>
+        <v>351</v>
       </c>
       <c r="E588" s="2" t="s">
-        <v>2188</v>
+        <v>352</v>
       </c>
       <c r="F588" s="2" t="s">
-        <v>2189</v>
+        <v>2211</v>
       </c>
     </row>
     <row r="589" spans="1:6">
       <c r="A589" t="s">
-        <v>2164</v>
+        <v>2186</v>
       </c>
       <c r="B589" t="s">
-        <v>2165</v>
+        <v>2187</v>
       </c>
       <c r="C589" t="s">
-        <v>2190</v>
+        <v>1874</v>
       </c>
       <c r="D589" t="s">
-        <v>2191</v>
+        <v>1875</v>
       </c>
       <c r="E589" s="2" t="s">
-        <v>2192</v>
+        <v>2212</v>
       </c>
       <c r="F589" s="2" t="s">
-        <v>2193</v>
+        <v>2213</v>
       </c>
     </row>
     <row r="590" spans="1:6">
       <c r="A590" t="s">
-        <v>2164</v>
+        <v>2186</v>
       </c>
       <c r="B590" t="s">
-        <v>2165</v>
+        <v>2187</v>
       </c>
       <c r="C590" t="s">
-        <v>2194</v>
+        <v>2214</v>
       </c>
       <c r="D590" t="s">
-        <v>2195</v>
+        <v>2215</v>
       </c>
       <c r="E590" s="2" t="s">
-        <v>2196</v>
+        <v>2216</v>
       </c>
       <c r="F590" s="2" t="s">
-        <v>2197</v>
+        <v>2217</v>
       </c>
     </row>
     <row r="591" spans="1:6">
       <c r="A591" t="s">
-        <v>2164</v>
+        <v>2186</v>
       </c>
       <c r="B591" t="s">
-        <v>2165</v>
+        <v>2187</v>
       </c>
       <c r="C591" t="s">
-        <v>2198</v>
+        <v>1882</v>
       </c>
       <c r="D591" t="s">
-        <v>2199</v>
+        <v>1883</v>
       </c>
       <c r="E591" s="2" t="s">
-        <v>2200</v>
+        <v>2218</v>
       </c>
       <c r="F591" s="2" t="s">
-        <v>2201</v>
+        <v>2219</v>
       </c>
     </row>
     <row r="592" spans="1:6">
       <c r="A592" t="s">
-        <v>2164</v>
+        <v>2186</v>
       </c>
       <c r="B592" t="s">
-        <v>2165</v>
+        <v>2187</v>
       </c>
       <c r="C592" t="s">
-        <v>2202</v>
+        <v>2220</v>
       </c>
       <c r="D592" t="s">
-        <v>2203</v>
+        <v>2221</v>
       </c>
       <c r="E592" s="2" t="s">
-        <v>2204</v>
+        <v>2222</v>
       </c>
       <c r="F592" s="2" t="s">
-        <v>2205</v>
+        <v>2223</v>
       </c>
     </row>
     <row r="593" spans="1:6">
       <c r="A593" t="s">
-        <v>2164</v>
+        <v>2186</v>
       </c>
       <c r="B593" t="s">
-        <v>2165</v>
+        <v>2187</v>
       </c>
       <c r="C593" t="s">
-        <v>2206</v>
+        <v>358</v>
       </c>
       <c r="D593" t="s">
-        <v>2206</v>
+        <v>359</v>
       </c>
       <c r="E593" s="2" t="s">
-        <v>2207</v>
+        <v>360</v>
       </c>
       <c r="F593" s="2" t="s">
-        <v>2208</v>
+        <v>2224</v>
       </c>
     </row>
     <row r="594" spans="1:6">
       <c r="A594" t="s">
-        <v>2164</v>
+        <v>2186</v>
       </c>
       <c r="B594" t="s">
-        <v>2165</v>
+        <v>2187</v>
       </c>
       <c r="C594" t="s">
-        <v>2209</v>
+        <v>296</v>
       </c>
       <c r="D594" t="s">
-        <v>2210</v>
+        <v>297</v>
       </c>
       <c r="E594" s="2" t="s">
-        <v>2211</v>
+        <v>2225</v>
       </c>
       <c r="F594" s="2" t="s">
-        <v>2212</v>
+        <v>2226</v>
       </c>
     </row>
     <row r="595" spans="1:6">
       <c r="A595" t="s">
-        <v>2164</v>
+        <v>2186</v>
       </c>
       <c r="B595" t="s">
-        <v>2165</v>
+        <v>2187</v>
       </c>
       <c r="C595" t="s">
-        <v>65</v>
+        <v>1889</v>
       </c>
       <c r="D595" t="s">
-        <v>2213</v>
+        <v>1890</v>
       </c>
       <c r="E595" s="2" t="s">
-        <v>2214</v>
+        <v>2227</v>
       </c>
       <c r="F595" s="2" t="s">
-        <v>2215</v>
+        <v>2228</v>
       </c>
     </row>
     <row r="596" spans="1:6">
       <c r="A596" t="s">
-        <v>2164</v>
+        <v>2186</v>
       </c>
       <c r="B596" t="s">
-        <v>2165</v>
+        <v>2187</v>
       </c>
       <c r="C596" t="s">
-        <v>2216</v>
+        <v>2229</v>
       </c>
       <c r="D596" t="s">
-        <v>2217</v>
+        <v>2230</v>
       </c>
       <c r="E596" s="2" t="s">
-        <v>2218</v>
+        <v>2231</v>
       </c>
       <c r="F596" s="2" t="s">
-        <v>2219</v>
+        <v>2232</v>
       </c>
     </row>
     <row r="597" spans="1:6">
       <c r="A597" t="s">
-        <v>2164</v>
+        <v>2186</v>
       </c>
       <c r="B597" t="s">
-        <v>2165</v>
+        <v>2187</v>
       </c>
       <c r="C597" t="s">
-        <v>2220</v>
+        <v>362</v>
       </c>
       <c r="D597" t="s">
-        <v>2221</v>
+        <v>363</v>
       </c>
       <c r="E597" s="2" t="s">
-        <v>2222</v>
+        <v>364</v>
       </c>
       <c r="F597" s="2" t="s">
-        <v>2223</v>
+        <v>2233</v>
       </c>
     </row>
     <row r="598" spans="1:6">
       <c r="A598" t="s">
-        <v>2164</v>
+        <v>2186</v>
       </c>
       <c r="B598" t="s">
-        <v>2165</v>
+        <v>2187</v>
       </c>
       <c r="C598" t="s">
-        <v>2224</v>
+        <v>985</v>
       </c>
       <c r="D598" t="s">
-        <v>2225</v>
+        <v>986</v>
       </c>
       <c r="E598" s="2" t="s">
-        <v>2226</v>
+        <v>1296</v>
       </c>
       <c r="F598" s="2" t="s">
-        <v>2227</v>
+        <v>2234</v>
       </c>
     </row>
     <row r="599" spans="1:6">
       <c r="A599" t="s">
-        <v>2164</v>
+        <v>2186</v>
       </c>
       <c r="B599" t="s">
-        <v>2165</v>
+        <v>2187</v>
       </c>
       <c r="C599" t="s">
-        <v>2228</v>
+        <v>989</v>
       </c>
       <c r="D599" t="s">
-        <v>742</v>
+        <v>990</v>
       </c>
       <c r="E599" s="2" t="s">
-        <v>2229</v>
+        <v>2235</v>
       </c>
       <c r="F599" s="2" t="s">
-        <v>2230</v>
+        <v>2236</v>
       </c>
     </row>
     <row r="600" spans="1:6">
       <c r="A600" t="s">
-        <v>2231</v>
+        <v>2186</v>
       </c>
       <c r="B600" t="s">
-        <v>2232</v>
+        <v>2187</v>
       </c>
       <c r="C600" t="s">
-        <v>2233</v>
+        <v>370</v>
       </c>
       <c r="D600" t="s">
-        <v>2234</v>
+        <v>371</v>
       </c>
       <c r="E600" s="2" t="s">
-        <v>2235</v>
+        <v>372</v>
       </c>
       <c r="F600" s="2" t="s">
-        <v>2236</v>
+        <v>2237</v>
       </c>
     </row>
     <row r="601" spans="1:6">
       <c r="A601" t="s">
-        <v>2231</v>
+        <v>2186</v>
       </c>
       <c r="B601" t="s">
-        <v>2232</v>
+        <v>2187</v>
       </c>
       <c r="C601" t="s">
-        <v>2237</v>
+        <v>2238</v>
       </c>
       <c r="D601" t="s">
-        <v>2238</v>
+        <v>2239</v>
       </c>
       <c r="E601" s="2" t="s">
-        <v>2239</v>
+        <v>2240</v>
       </c>
       <c r="F601" s="2" t="s">
-        <v>2240</v>
+        <v>2241</v>
       </c>
     </row>
     <row r="602" spans="1:6">
       <c r="A602" t="s">
-        <v>2231</v>
+        <v>2186</v>
       </c>
       <c r="B602" t="s">
-        <v>2232</v>
+        <v>2187</v>
       </c>
       <c r="C602" t="s">
-        <v>358</v>
+        <v>378</v>
       </c>
       <c r="D602" t="s">
-        <v>359</v>
+        <v>379</v>
       </c>
       <c r="E602" s="2" t="s">
-        <v>2241</v>
+        <v>380</v>
       </c>
       <c r="F602" s="2" t="s">
         <v>2242</v>
       </c>
     </row>
     <row r="603" spans="1:6">
       <c r="A603" t="s">
-        <v>2231</v>
+        <v>2243</v>
       </c>
       <c r="B603" t="s">
-        <v>2232</v>
+        <v>2244</v>
       </c>
       <c r="C603" t="s">
-        <v>2243</v>
+        <v>2245</v>
       </c>
       <c r="D603" t="s">
-        <v>2244</v>
+        <v>2246</v>
       </c>
       <c r="E603" s="2" t="s">
-        <v>2245</v>
+        <v>2247</v>
       </c>
       <c r="F603" s="2" t="s">
-        <v>2246</v>
+        <v>2248</v>
       </c>
     </row>
     <row r="604" spans="1:6">
       <c r="A604" t="s">
-        <v>2247</v>
+        <v>2243</v>
       </c>
       <c r="B604" t="s">
-        <v>2248</v>
+        <v>2244</v>
       </c>
       <c r="C604" t="s">
         <v>2249</v>
       </c>
       <c r="D604" t="s">
         <v>2250</v>
       </c>
       <c r="E604" s="2" t="s">
         <v>2251</v>
       </c>
       <c r="F604" s="2" t="s">
         <v>2252</v>
       </c>
     </row>
     <row r="605" spans="1:6">
       <c r="A605" t="s">
-        <v>2247</v>
+        <v>2243</v>
       </c>
       <c r="B605" t="s">
-        <v>2248</v>
+        <v>2244</v>
       </c>
       <c r="C605" t="s">
         <v>2253</v>
       </c>
       <c r="D605" t="s">
         <v>2254</v>
       </c>
       <c r="E605" s="2" t="s">
         <v>2255</v>
       </c>
       <c r="F605" s="2" t="s">
         <v>2256</v>
       </c>
     </row>
     <row r="606" spans="1:6">
       <c r="A606" t="s">
-        <v>2247</v>
+        <v>2243</v>
       </c>
       <c r="B606" t="s">
-        <v>2248</v>
+        <v>2244</v>
       </c>
       <c r="C606" t="s">
         <v>2257</v>
       </c>
       <c r="D606" t="s">
         <v>2258</v>
       </c>
       <c r="E606" s="2" t="s">
         <v>2259</v>
       </c>
       <c r="F606" s="2" t="s">
         <v>2260</v>
       </c>
     </row>
     <row r="607" spans="1:6">
       <c r="A607" t="s">
-        <v>2247</v>
+        <v>2243</v>
       </c>
       <c r="B607" t="s">
-        <v>2248</v>
+        <v>2244</v>
       </c>
       <c r="C607" t="s">
         <v>2261</v>
       </c>
       <c r="D607" t="s">
         <v>2262</v>
       </c>
       <c r="E607" s="2" t="s">
         <v>2263</v>
       </c>
       <c r="F607" s="2" t="s">
         <v>2264</v>
       </c>
     </row>
     <row r="608" spans="1:6">
       <c r="A608" t="s">
-        <v>2247</v>
+        <v>2243</v>
       </c>
       <c r="B608" t="s">
-        <v>2248</v>
+        <v>2244</v>
       </c>
       <c r="C608" t="s">
         <v>2265</v>
       </c>
       <c r="D608" t="s">
         <v>2266</v>
       </c>
       <c r="E608" s="2" t="s">
         <v>2267</v>
       </c>
       <c r="F608" s="2" t="s">
         <v>2268</v>
       </c>
     </row>
     <row r="609" spans="1:6">
       <c r="A609" t="s">
-        <v>2247</v>
+        <v>2243</v>
       </c>
       <c r="B609" t="s">
-        <v>2248</v>
+        <v>2244</v>
       </c>
       <c r="C609" t="s">
         <v>2269</v>
       </c>
       <c r="D609" t="s">
         <v>2270</v>
       </c>
       <c r="E609" s="2" t="s">
         <v>2271</v>
       </c>
       <c r="F609" s="2" t="s">
         <v>2272</v>
       </c>
     </row>
     <row r="610" spans="1:6">
       <c r="A610" t="s">
-        <v>2247</v>
+        <v>2243</v>
       </c>
       <c r="B610" t="s">
-        <v>2248</v>
+        <v>2244</v>
       </c>
       <c r="C610" t="s">
         <v>2273</v>
       </c>
       <c r="D610" t="s">
         <v>2274</v>
       </c>
       <c r="E610" s="2" t="s">
         <v>2275</v>
       </c>
       <c r="F610" s="2" t="s">
         <v>2276</v>
       </c>
     </row>
     <row r="611" spans="1:6">
       <c r="A611" t="s">
-        <v>2247</v>
+        <v>2243</v>
       </c>
       <c r="B611" t="s">
-        <v>2248</v>
+        <v>2244</v>
       </c>
       <c r="C611" t="s">
         <v>2277</v>
       </c>
       <c r="D611" t="s">
         <v>2278</v>
       </c>
       <c r="E611" s="2" t="s">
         <v>2279</v>
       </c>
       <c r="F611" s="2" t="s">
         <v>2280</v>
       </c>
     </row>
     <row r="612" spans="1:6">
       <c r="A612" t="s">
-        <v>2247</v>
+        <v>2243</v>
       </c>
       <c r="B612" t="s">
-        <v>2248</v>
+        <v>2244</v>
       </c>
       <c r="C612" t="s">
         <v>2281</v>
       </c>
       <c r="D612" t="s">
         <v>2282</v>
       </c>
       <c r="E612" s="2" t="s">
         <v>2283</v>
       </c>
       <c r="F612" s="2" t="s">
         <v>2284</v>
       </c>
     </row>
     <row r="613" spans="1:6">
       <c r="A613" t="s">
-        <v>2247</v>
+        <v>2243</v>
       </c>
       <c r="B613" t="s">
-        <v>2248</v>
+        <v>2244</v>
       </c>
       <c r="C613" t="s">
         <v>2285</v>
       </c>
       <c r="D613" t="s">
+        <v>2285</v>
+      </c>
+      <c r="E613" s="2" t="s">
         <v>2286</v>
       </c>
-      <c r="E613" s="2" t="s">
+      <c r="F613" s="2" t="s">
         <v>2287</v>
-      </c>
-[...1 lines deleted...]
-        <v>2288</v>
       </c>
     </row>
     <row r="614" spans="1:6">
       <c r="A614" t="s">
+        <v>2243</v>
+      </c>
+      <c r="B614" t="s">
+        <v>2244</v>
+      </c>
+      <c r="C614" t="s">
+        <v>2288</v>
+      </c>
+      <c r="D614" t="s">
         <v>2289</v>
       </c>
-      <c r="B614" t="s">
+      <c r="E614" s="2" t="s">
         <v>2290</v>
       </c>
-      <c r="C614" t="s">
+      <c r="F614" s="2" t="s">
         <v>2291</v>
-      </c>
-[...7 lines deleted...]
-        <v>2294</v>
       </c>
     </row>
     <row r="615" spans="1:6">
       <c r="A615" t="s">
-        <v>2289</v>
+        <v>2243</v>
       </c>
       <c r="B615" t="s">
-        <v>2290</v>
+        <v>2244</v>
       </c>
       <c r="C615" t="s">
-        <v>2295</v>
+        <v>65</v>
       </c>
       <c r="D615" t="s">
-        <v>2296</v>
+        <v>2292</v>
       </c>
       <c r="E615" s="2" t="s">
-        <v>2297</v>
+        <v>2293</v>
       </c>
       <c r="F615" s="2" t="s">
-        <v>2298</v>
+        <v>2294</v>
       </c>
     </row>
     <row r="616" spans="1:6">
       <c r="A616" t="s">
-        <v>2289</v>
+        <v>2243</v>
       </c>
       <c r="B616" t="s">
-        <v>2290</v>
+        <v>2244</v>
       </c>
       <c r="C616" t="s">
-        <v>2299</v>
+        <v>2295</v>
       </c>
       <c r="D616" t="s">
-        <v>2300</v>
+        <v>2296</v>
       </c>
       <c r="E616" s="2" t="s">
-        <v>2301</v>
+        <v>2297</v>
       </c>
       <c r="F616" s="2" t="s">
-        <v>2302</v>
+        <v>2298</v>
       </c>
     </row>
     <row r="617" spans="1:6">
       <c r="A617" t="s">
-        <v>2289</v>
+        <v>2243</v>
       </c>
       <c r="B617" t="s">
-        <v>2290</v>
+        <v>2244</v>
       </c>
       <c r="C617" t="s">
-        <v>2303</v>
+        <v>2299</v>
       </c>
       <c r="D617" t="s">
-        <v>2304</v>
+        <v>2300</v>
       </c>
       <c r="E617" s="2" t="s">
-        <v>2305</v>
+        <v>2301</v>
       </c>
       <c r="F617" s="2" t="s">
-        <v>2306</v>
+        <v>2302</v>
       </c>
     </row>
     <row r="618" spans="1:6">
       <c r="A618" t="s">
-        <v>2289</v>
+        <v>2243</v>
       </c>
       <c r="B618" t="s">
-        <v>2290</v>
+        <v>2244</v>
       </c>
       <c r="C618" t="s">
-        <v>2307</v>
+        <v>2303</v>
       </c>
       <c r="D618" t="s">
-        <v>2308</v>
+        <v>2304</v>
       </c>
       <c r="E618" s="2" t="s">
-        <v>2309</v>
+        <v>2305</v>
       </c>
       <c r="F618" s="2" t="s">
-        <v>2310</v>
+        <v>2306</v>
       </c>
     </row>
     <row r="619" spans="1:6">
       <c r="A619" t="s">
-        <v>2289</v>
+        <v>2243</v>
       </c>
       <c r="B619" t="s">
-        <v>2290</v>
+        <v>2244</v>
       </c>
       <c r="C619" t="s">
-        <v>2311</v>
+        <v>2307</v>
       </c>
       <c r="D619" t="s">
-        <v>2312</v>
+        <v>746</v>
       </c>
       <c r="E619" s="2" t="s">
-        <v>2313</v>
+        <v>2308</v>
       </c>
       <c r="F619" s="2" t="s">
-        <v>2314</v>
+        <v>2309</v>
       </c>
     </row>
     <row r="620" spans="1:6">
       <c r="A620" t="s">
-        <v>2289</v>
+        <v>2310</v>
       </c>
       <c r="B620" t="s">
-        <v>2290</v>
+        <v>2311</v>
       </c>
       <c r="C620" t="s">
+        <v>2312</v>
+      </c>
+      <c r="D620" t="s">
+        <v>2313</v>
+      </c>
+      <c r="E620" s="2" t="s">
+        <v>2314</v>
+      </c>
+      <c r="F620" s="2" t="s">
         <v>2315</v>
-      </c>
-[...7 lines deleted...]
-        <v>2318</v>
       </c>
     </row>
     <row r="621" spans="1:6">
       <c r="A621" t="s">
-        <v>2289</v>
+        <v>2310</v>
       </c>
       <c r="B621" t="s">
-        <v>2290</v>
+        <v>2311</v>
       </c>
       <c r="C621" t="s">
+        <v>2316</v>
+      </c>
+      <c r="D621" t="s">
+        <v>2317</v>
+      </c>
+      <c r="E621" s="2" t="s">
+        <v>2318</v>
+      </c>
+      <c r="F621" s="2" t="s">
         <v>2319</v>
-      </c>
-[...7 lines deleted...]
-        <v>2322</v>
       </c>
     </row>
     <row r="622" spans="1:6">
       <c r="A622" t="s">
-        <v>2289</v>
+        <v>2310</v>
       </c>
       <c r="B622" t="s">
-        <v>2290</v>
+        <v>2311</v>
       </c>
       <c r="C622" t="s">
-        <v>2323</v>
+        <v>362</v>
       </c>
       <c r="D622" t="s">
-        <v>2324</v>
+        <v>363</v>
       </c>
       <c r="E622" s="2" t="s">
-        <v>2325</v>
+        <v>2320</v>
       </c>
       <c r="F622" s="2" t="s">
-        <v>2326</v>
+        <v>2321</v>
       </c>
     </row>
     <row r="623" spans="1:6">
       <c r="A623" t="s">
-        <v>2289</v>
+        <v>2310</v>
       </c>
       <c r="B623" t="s">
-        <v>2290</v>
+        <v>2311</v>
       </c>
       <c r="C623" t="s">
-        <v>2327</v>
+        <v>2322</v>
       </c>
       <c r="D623" t="s">
-        <v>2328</v>
+        <v>2323</v>
       </c>
       <c r="E623" s="2" t="s">
-        <v>2329</v>
+        <v>2324</v>
       </c>
       <c r="F623" s="2" t="s">
-        <v>2330</v>
+        <v>2325</v>
       </c>
     </row>
     <row r="624" spans="1:6">
       <c r="A624" t="s">
-        <v>2289</v>
+        <v>2326</v>
       </c>
       <c r="B624" t="s">
-        <v>2290</v>
+        <v>2327</v>
       </c>
       <c r="C624" t="s">
+        <v>2328</v>
+      </c>
+      <c r="D624" t="s">
+        <v>2329</v>
+      </c>
+      <c r="E624" s="2" t="s">
+        <v>2330</v>
+      </c>
+      <c r="F624" s="2" t="s">
         <v>2331</v>
-      </c>
-[...7 lines deleted...]
-        <v>2334</v>
       </c>
     </row>
     <row r="625" spans="1:6">
       <c r="A625" t="s">
-        <v>2289</v>
+        <v>2326</v>
       </c>
       <c r="B625" t="s">
-        <v>2290</v>
+        <v>2327</v>
       </c>
       <c r="C625" t="s">
-        <v>611</v>
+        <v>2332</v>
       </c>
       <c r="D625" t="s">
-        <v>612</v>
+        <v>2333</v>
       </c>
       <c r="E625" s="2" t="s">
+        <v>2334</v>
+      </c>
+      <c r="F625" s="2" t="s">
         <v>2335</v>
-      </c>
-[...1 lines deleted...]
-        <v>2336</v>
       </c>
     </row>
     <row r="626" spans="1:6">
       <c r="A626" t="s">
-        <v>2289</v>
+        <v>2326</v>
       </c>
       <c r="B626" t="s">
-        <v>2290</v>
+        <v>2327</v>
       </c>
       <c r="C626" t="s">
+        <v>2336</v>
+      </c>
+      <c r="D626" t="s">
         <v>2337</v>
       </c>
-      <c r="D626" t="s">
+      <c r="E626" s="2" t="s">
         <v>2338</v>
       </c>
-      <c r="E626" s="2" t="s">
+      <c r="F626" s="2" t="s">
         <v>2339</v>
-      </c>
-[...1 lines deleted...]
-        <v>2340</v>
       </c>
     </row>
     <row r="627" spans="1:6">
       <c r="A627" t="s">
-        <v>2289</v>
+        <v>2326</v>
       </c>
       <c r="B627" t="s">
-        <v>2290</v>
+        <v>2327</v>
       </c>
       <c r="C627" t="s">
+        <v>2340</v>
+      </c>
+      <c r="D627" t="s">
         <v>2341</v>
       </c>
-      <c r="D627" t="s">
+      <c r="E627" s="2" t="s">
         <v>2342</v>
       </c>
-      <c r="E627" s="2" t="s">
+      <c r="F627" s="2" t="s">
         <v>2343</v>
-      </c>
-[...1 lines deleted...]
-        <v>2344</v>
       </c>
     </row>
     <row r="628" spans="1:6">
       <c r="A628" t="s">
-        <v>2289</v>
+        <v>2326</v>
       </c>
       <c r="B628" t="s">
-        <v>2290</v>
+        <v>2327</v>
       </c>
       <c r="C628" t="s">
+        <v>2344</v>
+      </c>
+      <c r="D628" t="s">
         <v>2345</v>
       </c>
-      <c r="D628" t="s">
+      <c r="E628" s="2" t="s">
         <v>2346</v>
       </c>
-      <c r="E628" s="2" t="s">
+      <c r="F628" s="2" t="s">
         <v>2347</v>
-      </c>
-[...1 lines deleted...]
-        <v>2348</v>
       </c>
     </row>
     <row r="629" spans="1:6">
       <c r="A629" t="s">
-        <v>2289</v>
+        <v>2326</v>
       </c>
       <c r="B629" t="s">
-        <v>2290</v>
+        <v>2327</v>
       </c>
       <c r="C629" t="s">
+        <v>2348</v>
+      </c>
+      <c r="D629" t="s">
         <v>2349</v>
       </c>
-      <c r="D629" t="s">
+      <c r="E629" s="2" t="s">
         <v>2350</v>
       </c>
-      <c r="E629" s="2" t="s">
+      <c r="F629" s="2" t="s">
         <v>2351</v>
-      </c>
-[...1 lines deleted...]
-        <v>2352</v>
       </c>
     </row>
     <row r="630" spans="1:6">
       <c r="A630" t="s">
-        <v>2289</v>
+        <v>2326</v>
       </c>
       <c r="B630" t="s">
-        <v>2290</v>
+        <v>2327</v>
       </c>
       <c r="C630" t="s">
+        <v>2352</v>
+      </c>
+      <c r="D630" t="s">
         <v>2353</v>
       </c>
-      <c r="D630" t="s">
+      <c r="E630" s="2" t="s">
         <v>2354</v>
       </c>
-      <c r="E630" s="2" t="s">
+      <c r="F630" s="2" t="s">
         <v>2355</v>
-      </c>
-[...1 lines deleted...]
-        <v>2356</v>
       </c>
     </row>
     <row r="631" spans="1:6">
       <c r="A631" t="s">
-        <v>2289</v>
+        <v>2326</v>
       </c>
       <c r="B631" t="s">
-        <v>2290</v>
+        <v>2327</v>
       </c>
       <c r="C631" t="s">
-        <v>985</v>
+        <v>2356</v>
       </c>
       <c r="D631" t="s">
-        <v>986</v>
+        <v>2357</v>
       </c>
       <c r="E631" s="2" t="s">
-        <v>2357</v>
+        <v>2358</v>
       </c>
       <c r="F631" s="2" t="s">
-        <v>2358</v>
+        <v>2359</v>
       </c>
     </row>
     <row r="632" spans="1:6">
       <c r="A632" t="s">
-        <v>2289</v>
+        <v>2326</v>
       </c>
       <c r="B632" t="s">
-        <v>2290</v>
+        <v>2327</v>
       </c>
       <c r="C632" t="s">
-        <v>2359</v>
+        <v>2360</v>
       </c>
       <c r="D632" t="s">
-        <v>2360</v>
+        <v>2361</v>
       </c>
       <c r="E632" s="2" t="s">
-        <v>2361</v>
+        <v>2362</v>
       </c>
       <c r="F632" s="2" t="s">
-        <v>2362</v>
+        <v>2363</v>
       </c>
     </row>
     <row r="633" spans="1:6">
       <c r="A633" t="s">
-        <v>2363</v>
+        <v>2326</v>
       </c>
       <c r="B633" t="s">
+        <v>2327</v>
+      </c>
+      <c r="C633" t="s">
         <v>2364</v>
       </c>
-      <c r="C633" t="s">
+      <c r="D633" t="s">
         <v>2365</v>
       </c>
-      <c r="D633" t="s">
+      <c r="E633" s="2" t="s">
         <v>2366</v>
       </c>
-      <c r="E633" s="2" t="s">
+      <c r="F633" s="2" t="s">
         <v>2367</v>
-      </c>
-[...1 lines deleted...]
-        <v>2368</v>
       </c>
     </row>
     <row r="634" spans="1:6">
       <c r="A634" t="s">
-        <v>2363</v>
+        <v>2368</v>
       </c>
       <c r="B634" t="s">
-        <v>2364</v>
+        <v>2369</v>
       </c>
       <c r="C634" t="s">
-        <v>354</v>
+        <v>2370</v>
       </c>
       <c r="D634" t="s">
-        <v>355</v>
+        <v>2371</v>
       </c>
       <c r="E634" s="2" t="s">
-        <v>356</v>
+        <v>2372</v>
       </c>
       <c r="F634" s="2" t="s">
-        <v>2369</v>
+        <v>2373</v>
       </c>
     </row>
     <row r="635" spans="1:6">
       <c r="A635" t="s">
-        <v>2363</v>
+        <v>2368</v>
       </c>
       <c r="B635" t="s">
-        <v>2364</v>
+        <v>2369</v>
       </c>
       <c r="C635" t="s">
-        <v>1688</v>
+        <v>2374</v>
       </c>
       <c r="D635" t="s">
-        <v>1689</v>
+        <v>2375</v>
       </c>
       <c r="E635" s="2" t="s">
-        <v>2370</v>
+        <v>2376</v>
       </c>
       <c r="F635" s="2" t="s">
-        <v>2371</v>
+        <v>2377</v>
       </c>
     </row>
     <row r="636" spans="1:6">
       <c r="A636" t="s">
-        <v>2363</v>
+        <v>2368</v>
       </c>
       <c r="B636" t="s">
-        <v>2364</v>
+        <v>2369</v>
       </c>
       <c r="C636" t="s">
-        <v>2372</v>
+        <v>2378</v>
       </c>
       <c r="D636" t="s">
-        <v>2373</v>
+        <v>2379</v>
       </c>
       <c r="E636" s="2" t="s">
-        <v>2374</v>
+        <v>2380</v>
       </c>
       <c r="F636" s="2" t="s">
-        <v>2375</v>
+        <v>2381</v>
       </c>
     </row>
     <row r="637" spans="1:6">
       <c r="A637" t="s">
-        <v>2376</v>
+        <v>2368</v>
       </c>
       <c r="B637" t="s">
-        <v>2377</v>
+        <v>2369</v>
       </c>
       <c r="C637" t="s">
-        <v>2378</v>
+        <v>2382</v>
       </c>
       <c r="D637" t="s">
-        <v>2379</v>
+        <v>2383</v>
       </c>
       <c r="E637" s="2" t="s">
-        <v>2380</v>
+        <v>2384</v>
       </c>
       <c r="F637" s="2" t="s">
-        <v>2381</v>
+        <v>2385</v>
       </c>
     </row>
     <row r="638" spans="1:6">
       <c r="A638" t="s">
-        <v>2376</v>
+        <v>2368</v>
       </c>
       <c r="B638" t="s">
-        <v>2377</v>
+        <v>2369</v>
       </c>
       <c r="C638" t="s">
-        <v>583</v>
+        <v>2386</v>
       </c>
       <c r="D638" t="s">
-        <v>584</v>
+        <v>2387</v>
       </c>
       <c r="E638" s="2" t="s">
-        <v>2382</v>
+        <v>2388</v>
       </c>
       <c r="F638" s="2" t="s">
-        <v>2383</v>
+        <v>2389</v>
       </c>
     </row>
     <row r="639" spans="1:6">
       <c r="A639" t="s">
-        <v>2376</v>
+        <v>2368</v>
       </c>
       <c r="B639" t="s">
-        <v>2377</v>
+        <v>2369</v>
       </c>
       <c r="C639" t="s">
-        <v>2384</v>
+        <v>2390</v>
       </c>
       <c r="D639" t="s">
-        <v>2385</v>
+        <v>2391</v>
       </c>
       <c r="E639" s="2" t="s">
-        <v>2386</v>
+        <v>2392</v>
       </c>
       <c r="F639" s="2" t="s">
-        <v>2387</v>
+        <v>2393</v>
       </c>
     </row>
     <row r="640" spans="1:6">
       <c r="A640" t="s">
-        <v>2376</v>
+        <v>2368</v>
       </c>
       <c r="B640" t="s">
-        <v>2377</v>
+        <v>2369</v>
       </c>
       <c r="C640" t="s">
-        <v>2388</v>
+        <v>2394</v>
       </c>
       <c r="D640" t="s">
-        <v>2389</v>
+        <v>2395</v>
       </c>
       <c r="E640" s="2" t="s">
-        <v>2390</v>
+        <v>2396</v>
       </c>
       <c r="F640" s="2" t="s">
-        <v>2391</v>
+        <v>2397</v>
       </c>
     </row>
     <row r="641" spans="1:6">
       <c r="A641" t="s">
-        <v>2376</v>
+        <v>2368</v>
       </c>
       <c r="B641" t="s">
-        <v>2377</v>
+        <v>2369</v>
       </c>
       <c r="C641" t="s">
-        <v>2392</v>
+        <v>2398</v>
       </c>
       <c r="D641" t="s">
-        <v>2393</v>
+        <v>2399</v>
       </c>
       <c r="E641" s="2" t="s">
-        <v>2394</v>
+        <v>2400</v>
       </c>
       <c r="F641" s="2" t="s">
-        <v>2395</v>
+        <v>2401</v>
       </c>
     </row>
     <row r="642" spans="1:6">
       <c r="A642" t="s">
-        <v>2376</v>
+        <v>2368</v>
       </c>
       <c r="B642" t="s">
-        <v>2377</v>
+        <v>2369</v>
       </c>
       <c r="C642" t="s">
-        <v>2396</v>
+        <v>2402</v>
       </c>
       <c r="D642" t="s">
-        <v>2397</v>
+        <v>2403</v>
       </c>
       <c r="E642" s="2" t="s">
-        <v>2398</v>
+        <v>2404</v>
       </c>
       <c r="F642" s="2" t="s">
-        <v>2399</v>
+        <v>2405</v>
       </c>
     </row>
     <row r="643" spans="1:6">
       <c r="A643" t="s">
-        <v>2376</v>
+        <v>2368</v>
       </c>
       <c r="B643" t="s">
-        <v>2377</v>
+        <v>2369</v>
       </c>
       <c r="C643" t="s">
-        <v>2400</v>
+        <v>2406</v>
       </c>
       <c r="D643" t="s">
-        <v>2401</v>
+        <v>2407</v>
       </c>
       <c r="E643" s="2" t="s">
-        <v>2402</v>
+        <v>2408</v>
       </c>
       <c r="F643" s="2" t="s">
-        <v>2403</v>
+        <v>2409</v>
       </c>
     </row>
     <row r="644" spans="1:6">
       <c r="A644" t="s">
-        <v>2376</v>
+        <v>2368</v>
       </c>
       <c r="B644" t="s">
-        <v>2377</v>
+        <v>2369</v>
       </c>
       <c r="C644" t="s">
-        <v>2404</v>
+        <v>2410</v>
       </c>
       <c r="D644" t="s">
-        <v>2405</v>
+        <v>2411</v>
       </c>
       <c r="E644" s="2" t="s">
-        <v>2406</v>
+        <v>2412</v>
       </c>
       <c r="F644" s="2" t="s">
-        <v>2407</v>
+        <v>2413</v>
       </c>
     </row>
     <row r="645" spans="1:6">
       <c r="A645" t="s">
-        <v>2376</v>
+        <v>2368</v>
       </c>
       <c r="B645" t="s">
-        <v>2377</v>
+        <v>2369</v>
       </c>
       <c r="C645" t="s">
-        <v>2408</v>
+        <v>2414</v>
       </c>
       <c r="D645" t="s">
-        <v>2409</v>
+        <v>2415</v>
       </c>
       <c r="E645" s="2" t="s">
-        <v>2410</v>
+        <v>2416</v>
       </c>
       <c r="F645" s="2" t="s">
-        <v>2411</v>
+        <v>2417</v>
       </c>
     </row>
     <row r="646" spans="1:6">
       <c r="A646" t="s">
-        <v>2376</v>
+        <v>2368</v>
       </c>
       <c r="B646" t="s">
-        <v>2377</v>
+        <v>2369</v>
       </c>
       <c r="C646" t="s">
-        <v>2412</v>
+        <v>615</v>
       </c>
       <c r="D646" t="s">
-        <v>2413</v>
+        <v>616</v>
       </c>
       <c r="E646" s="2" t="s">
-        <v>2414</v>
+        <v>2418</v>
       </c>
       <c r="F646" s="2" t="s">
-        <v>2415</v>
+        <v>2419</v>
       </c>
     </row>
     <row r="647" spans="1:6">
       <c r="A647" t="s">
-        <v>2376</v>
+        <v>2368</v>
       </c>
       <c r="B647" t="s">
-        <v>2377</v>
+        <v>2369</v>
       </c>
       <c r="C647" t="s">
-        <v>2416</v>
+        <v>2420</v>
       </c>
       <c r="D647" t="s">
-        <v>2417</v>
+        <v>2421</v>
       </c>
       <c r="E647" s="2" t="s">
-        <v>2418</v>
+        <v>2422</v>
       </c>
       <c r="F647" s="2" t="s">
-        <v>2419</v>
+        <v>2423</v>
       </c>
     </row>
     <row r="648" spans="1:6">
       <c r="A648" t="s">
-        <v>2376</v>
+        <v>2368</v>
       </c>
       <c r="B648" t="s">
-        <v>2377</v>
+        <v>2369</v>
       </c>
       <c r="C648" t="s">
-        <v>2420</v>
+        <v>2424</v>
       </c>
       <c r="D648" t="s">
-        <v>2421</v>
+        <v>2425</v>
       </c>
       <c r="E648" s="2" t="s">
-        <v>2422</v>
+        <v>2426</v>
       </c>
       <c r="F648" s="2" t="s">
-        <v>2423</v>
+        <v>2427</v>
       </c>
     </row>
     <row r="649" spans="1:6">
       <c r="A649" t="s">
-        <v>2376</v>
+        <v>2368</v>
       </c>
       <c r="B649" t="s">
-        <v>2377</v>
+        <v>2369</v>
       </c>
       <c r="C649" t="s">
-        <v>2424</v>
+        <v>2428</v>
       </c>
       <c r="D649" t="s">
-        <v>2425</v>
+        <v>2429</v>
       </c>
       <c r="E649" s="2" t="s">
-        <v>2426</v>
+        <v>2430</v>
       </c>
       <c r="F649" s="2" t="s">
-        <v>2427</v>
+        <v>2431</v>
       </c>
     </row>
     <row r="650" spans="1:6">
       <c r="A650" t="s">
-        <v>2376</v>
+        <v>2368</v>
       </c>
       <c r="B650" t="s">
-        <v>2377</v>
+        <v>2369</v>
       </c>
       <c r="C650" t="s">
-        <v>2372</v>
+        <v>2432</v>
       </c>
       <c r="D650" t="s">
-        <v>2373</v>
+        <v>2433</v>
       </c>
       <c r="E650" s="2" t="s">
-        <v>2428</v>
+        <v>2434</v>
       </c>
       <c r="F650" s="2" t="s">
-        <v>2429</v>
+        <v>2435</v>
       </c>
     </row>
     <row r="651" spans="1:6">
       <c r="A651" t="s">
-        <v>2376</v>
+        <v>2368</v>
       </c>
       <c r="B651" t="s">
-        <v>2377</v>
+        <v>2369</v>
       </c>
       <c r="C651" t="s">
-        <v>989</v>
+        <v>2436</v>
       </c>
       <c r="D651" t="s">
-        <v>990</v>
+        <v>2437</v>
       </c>
       <c r="E651" s="2" t="s">
-        <v>2430</v>
+        <v>2438</v>
       </c>
       <c r="F651" s="2" t="s">
-        <v>2431</v>
+        <v>2439</v>
       </c>
     </row>
     <row r="652" spans="1:6">
       <c r="A652" t="s">
-        <v>2376</v>
+        <v>2368</v>
       </c>
       <c r="B652" t="s">
-        <v>2377</v>
+        <v>2369</v>
       </c>
       <c r="C652" t="s">
-        <v>2432</v>
+        <v>989</v>
       </c>
       <c r="D652" t="s">
-        <v>2433</v>
+        <v>990</v>
       </c>
       <c r="E652" s="2" t="s">
-        <v>2434</v>
+        <v>2440</v>
       </c>
       <c r="F652" s="2" t="s">
-        <v>2435</v>
+        <v>2441</v>
       </c>
     </row>
     <row r="653" spans="1:6">
       <c r="A653" t="s">
-        <v>2376</v>
+        <v>2368</v>
       </c>
       <c r="B653" t="s">
-        <v>2377</v>
+        <v>2369</v>
       </c>
       <c r="C653" t="s">
-        <v>2436</v>
+        <v>2442</v>
       </c>
       <c r="D653" t="s">
-        <v>2437</v>
+        <v>2443</v>
       </c>
       <c r="E653" s="2" t="s">
-        <v>2438</v>
+        <v>2444</v>
       </c>
       <c r="F653" s="2" t="s">
-        <v>2439</v>
+        <v>2445</v>
       </c>
     </row>
     <row r="654" spans="1:6">
       <c r="A654" t="s">
-        <v>2376</v>
+        <v>2446</v>
       </c>
       <c r="B654" t="s">
-        <v>2377</v>
+        <v>2447</v>
       </c>
       <c r="C654" t="s">
-        <v>2440</v>
+        <v>2448</v>
       </c>
       <c r="D654" t="s">
-        <v>2441</v>
+        <v>2449</v>
       </c>
       <c r="E654" s="2" t="s">
-        <v>2442</v>
+        <v>2450</v>
       </c>
       <c r="F654" s="2" t="s">
-        <v>2443</v>
+        <v>2451</v>
       </c>
     </row>
     <row r="655" spans="1:6">
       <c r="A655" t="s">
-        <v>2376</v>
+        <v>2446</v>
       </c>
       <c r="B655" t="s">
-        <v>2377</v>
+        <v>2447</v>
       </c>
       <c r="C655" t="s">
-        <v>2444</v>
+        <v>2452</v>
       </c>
       <c r="D655" t="s">
-        <v>2445</v>
+        <v>2453</v>
       </c>
       <c r="E655" s="2" t="s">
-        <v>2446</v>
+        <v>2454</v>
       </c>
       <c r="F655" s="2" t="s">
-        <v>2447</v>
+        <v>2455</v>
       </c>
     </row>
     <row r="656" spans="1:6">
       <c r="A656" t="s">
-        <v>2376</v>
+        <v>2446</v>
       </c>
       <c r="B656" t="s">
-        <v>2377</v>
+        <v>2447</v>
       </c>
       <c r="C656" t="s">
-        <v>2448</v>
+        <v>358</v>
       </c>
       <c r="D656" t="s">
-        <v>2449</v>
+        <v>359</v>
       </c>
       <c r="E656" s="2" t="s">
-        <v>2450</v>
+        <v>360</v>
       </c>
       <c r="F656" s="2" t="s">
-        <v>2451</v>
+        <v>2456</v>
       </c>
     </row>
     <row r="657" spans="1:6">
       <c r="A657" t="s">
-        <v>2452</v>
+        <v>2446</v>
       </c>
       <c r="B657" t="s">
-        <v>2453</v>
+        <v>2447</v>
       </c>
       <c r="C657" t="s">
-        <v>2454</v>
+        <v>1736</v>
       </c>
       <c r="D657" t="s">
-        <v>2455</v>
+        <v>1737</v>
       </c>
       <c r="E657" s="2" t="s">
-        <v>2456</v>
+        <v>2457</v>
       </c>
       <c r="F657" s="2" t="s">
-        <v>2457</v>
+        <v>2458</v>
       </c>
     </row>
     <row r="658" spans="1:6">
       <c r="A658" t="s">
-        <v>2452</v>
+        <v>2446</v>
       </c>
       <c r="B658" t="s">
-        <v>2453</v>
+        <v>2447</v>
       </c>
       <c r="C658" t="s">
-        <v>2458</v>
+        <v>2459</v>
       </c>
       <c r="D658" t="s">
-        <v>2459</v>
+        <v>2460</v>
       </c>
       <c r="E658" s="2" t="s">
-        <v>2460</v>
+        <v>2461</v>
       </c>
       <c r="F658" s="2" t="s">
-        <v>2461</v>
+        <v>2462</v>
       </c>
     </row>
     <row r="659" spans="1:6">
       <c r="A659" t="s">
-        <v>2452</v>
+        <v>2463</v>
       </c>
       <c r="B659" t="s">
-        <v>2453</v>
+        <v>2464</v>
       </c>
       <c r="C659" t="s">
-        <v>2462</v>
+        <v>2465</v>
       </c>
       <c r="D659" t="s">
-        <v>2463</v>
+        <v>2466</v>
       </c>
       <c r="E659" s="2" t="s">
-        <v>2464</v>
+        <v>2467</v>
       </c>
       <c r="F659" s="2" t="s">
-        <v>2465</v>
+        <v>2468</v>
       </c>
     </row>
     <row r="660" spans="1:6">
       <c r="A660" t="s">
-        <v>2452</v>
+        <v>2463</v>
       </c>
       <c r="B660" t="s">
-        <v>2453</v>
+        <v>2464</v>
       </c>
       <c r="C660" t="s">
-        <v>2466</v>
+        <v>587</v>
       </c>
       <c r="D660" t="s">
-        <v>2467</v>
+        <v>588</v>
       </c>
       <c r="E660" s="2" t="s">
-        <v>2468</v>
+        <v>2469</v>
       </c>
       <c r="F660" s="2" t="s">
-        <v>2469</v>
+        <v>2470</v>
       </c>
     </row>
     <row r="661" spans="1:6">
       <c r="A661" t="s">
-        <v>2452</v>
+        <v>2463</v>
       </c>
       <c r="B661" t="s">
-        <v>2453</v>
+        <v>2464</v>
       </c>
       <c r="C661" t="s">
-        <v>342</v>
+        <v>2471</v>
       </c>
       <c r="D661" t="s">
-        <v>343</v>
+        <v>2472</v>
       </c>
       <c r="E661" s="2" t="s">
-        <v>2470</v>
+        <v>2473</v>
       </c>
       <c r="F661" s="2" t="s">
-        <v>2471</v>
+        <v>2474</v>
       </c>
     </row>
     <row r="662" spans="1:6">
       <c r="A662" t="s">
-        <v>2452</v>
+        <v>2463</v>
       </c>
       <c r="B662" t="s">
-        <v>2453</v>
+        <v>2464</v>
       </c>
       <c r="C662" t="s">
-        <v>2472</v>
+        <v>2475</v>
       </c>
       <c r="D662" t="s">
-        <v>2473</v>
+        <v>2476</v>
       </c>
       <c r="E662" s="2" t="s">
-        <v>2474</v>
+        <v>2477</v>
       </c>
       <c r="F662" s="2" t="s">
-        <v>2475</v>
+        <v>2478</v>
       </c>
     </row>
     <row r="663" spans="1:6">
       <c r="A663" t="s">
-        <v>2452</v>
+        <v>2463</v>
       </c>
       <c r="B663" t="s">
-        <v>2453</v>
+        <v>2464</v>
       </c>
       <c r="C663" t="s">
-        <v>2476</v>
+        <v>2479</v>
       </c>
       <c r="D663" t="s">
-        <v>2477</v>
+        <v>2480</v>
       </c>
       <c r="E663" s="2" t="s">
-        <v>2478</v>
+        <v>2481</v>
       </c>
       <c r="F663" s="2" t="s">
-        <v>2479</v>
+        <v>2482</v>
       </c>
     </row>
     <row r="664" spans="1:6">
       <c r="A664" t="s">
-        <v>2480</v>
+        <v>2463</v>
       </c>
       <c r="B664" t="s">
-        <v>2481</v>
+        <v>2464</v>
       </c>
       <c r="C664" t="s">
-        <v>221</v>
+        <v>2483</v>
       </c>
       <c r="D664" t="s">
-        <v>222</v>
+        <v>2484</v>
       </c>
       <c r="E664" s="2" t="s">
-        <v>2482</v>
+        <v>2485</v>
       </c>
       <c r="F664" s="2" t="s">
-        <v>2483</v>
+        <v>2486</v>
       </c>
     </row>
     <row r="665" spans="1:6">
       <c r="A665" t="s">
-        <v>2480</v>
+        <v>2463</v>
       </c>
       <c r="B665" t="s">
-        <v>2481</v>
+        <v>2464</v>
       </c>
       <c r="C665" t="s">
-        <v>2484</v>
+        <v>2487</v>
       </c>
       <c r="D665" t="s">
-        <v>2485</v>
+        <v>2488</v>
       </c>
       <c r="E665" s="2" t="s">
-        <v>2486</v>
+        <v>2489</v>
       </c>
       <c r="F665" s="2" t="s">
-        <v>2487</v>
+        <v>2490</v>
       </c>
     </row>
     <row r="666" spans="1:6">
       <c r="A666" t="s">
-        <v>2480</v>
+        <v>2463</v>
       </c>
       <c r="B666" t="s">
-        <v>2481</v>
+        <v>2464</v>
       </c>
       <c r="C666" t="s">
-        <v>2488</v>
+        <v>2491</v>
       </c>
       <c r="D666" t="s">
-        <v>2489</v>
+        <v>2492</v>
       </c>
       <c r="E666" s="2" t="s">
-        <v>2490</v>
+        <v>2493</v>
       </c>
       <c r="F666" s="2" t="s">
-        <v>2491</v>
+        <v>2494</v>
       </c>
     </row>
     <row r="667" spans="1:6">
       <c r="A667" t="s">
-        <v>2480</v>
+        <v>2463</v>
       </c>
       <c r="B667" t="s">
-        <v>2481</v>
+        <v>2464</v>
       </c>
       <c r="C667" t="s">
-        <v>2492</v>
+        <v>2495</v>
       </c>
       <c r="D667" t="s">
-        <v>2493</v>
+        <v>2496</v>
       </c>
       <c r="E667" s="2" t="s">
-        <v>2494</v>
+        <v>2497</v>
       </c>
       <c r="F667" s="2" t="s">
-        <v>2495</v>
+        <v>2498</v>
       </c>
     </row>
     <row r="668" spans="1:6">
       <c r="A668" t="s">
-        <v>2480</v>
+        <v>2463</v>
       </c>
       <c r="B668" t="s">
-        <v>2481</v>
+        <v>2464</v>
       </c>
       <c r="C668" t="s">
-        <v>2496</v>
+        <v>2499</v>
       </c>
       <c r="D668" t="s">
-        <v>2497</v>
+        <v>2500</v>
       </c>
       <c r="E668" s="2" t="s">
-        <v>2498</v>
+        <v>2501</v>
       </c>
       <c r="F668" s="2" t="s">
-        <v>2499</v>
+        <v>2502</v>
       </c>
     </row>
     <row r="669" spans="1:6">
       <c r="A669" t="s">
-        <v>2480</v>
+        <v>2463</v>
       </c>
       <c r="B669" t="s">
-        <v>2481</v>
+        <v>2464</v>
       </c>
       <c r="C669" t="s">
-        <v>2500</v>
+        <v>2503</v>
       </c>
       <c r="D669" t="s">
-        <v>2501</v>
+        <v>2504</v>
       </c>
       <c r="E669" s="2" t="s">
-        <v>2502</v>
+        <v>2505</v>
       </c>
       <c r="F669" s="2" t="s">
-        <v>2503</v>
+        <v>2506</v>
       </c>
     </row>
     <row r="670" spans="1:6">
       <c r="A670" t="s">
-        <v>2480</v>
+        <v>2463</v>
       </c>
       <c r="B670" t="s">
-        <v>2481</v>
+        <v>2464</v>
       </c>
       <c r="C670" t="s">
-        <v>2504</v>
+        <v>2507</v>
       </c>
       <c r="D670" t="s">
-        <v>2505</v>
+        <v>2508</v>
       </c>
       <c r="E670" s="2" t="s">
-        <v>2506</v>
+        <v>2509</v>
       </c>
       <c r="F670" s="2" t="s">
-        <v>2507</v>
+        <v>2510</v>
       </c>
     </row>
     <row r="671" spans="1:6">
       <c r="A671" t="s">
-        <v>2480</v>
+        <v>2463</v>
       </c>
       <c r="B671" t="s">
-        <v>2481</v>
+        <v>2464</v>
       </c>
       <c r="C671" t="s">
-        <v>2508</v>
+        <v>2511</v>
       </c>
       <c r="D671" t="s">
-        <v>2509</v>
+        <v>2512</v>
       </c>
       <c r="E671" s="2" t="s">
-        <v>2510</v>
+        <v>2513</v>
       </c>
       <c r="F671" s="2" t="s">
-        <v>2511</v>
+        <v>2514</v>
       </c>
     </row>
     <row r="672" spans="1:6">
       <c r="A672" t="s">
-        <v>2480</v>
+        <v>2463</v>
       </c>
       <c r="B672" t="s">
-        <v>2481</v>
+        <v>2464</v>
       </c>
       <c r="C672" t="s">
-        <v>2512</v>
+        <v>2459</v>
       </c>
       <c r="D672" t="s">
-        <v>2513</v>
+        <v>2460</v>
       </c>
       <c r="E672" s="2" t="s">
-        <v>2514</v>
+        <v>2515</v>
       </c>
       <c r="F672" s="2" t="s">
-        <v>2515</v>
+        <v>2516</v>
       </c>
     </row>
     <row r="673" spans="1:6">
       <c r="A673" t="s">
-        <v>2480</v>
+        <v>2463</v>
       </c>
       <c r="B673" t="s">
-        <v>2481</v>
+        <v>2464</v>
       </c>
       <c r="C673" t="s">
-        <v>2516</v>
+        <v>993</v>
       </c>
       <c r="D673" t="s">
+        <v>994</v>
+      </c>
+      <c r="E673" s="2" t="s">
         <v>2517</v>
       </c>
-      <c r="E673" s="2" t="s">
+      <c r="F673" s="2" t="s">
         <v>2518</v>
-      </c>
-[...1 lines deleted...]
-        <v>2519</v>
       </c>
     </row>
     <row r="674" spans="1:6">
       <c r="A674" t="s">
-        <v>2480</v>
+        <v>2463</v>
       </c>
       <c r="B674" t="s">
-        <v>2481</v>
+        <v>2464</v>
       </c>
       <c r="C674" t="s">
-        <v>1940</v>
+        <v>2519</v>
       </c>
       <c r="D674" t="s">
-        <v>1941</v>
+        <v>2520</v>
       </c>
       <c r="E674" s="2" t="s">
-        <v>2520</v>
+        <v>2521</v>
       </c>
       <c r="F674" s="2" t="s">
-        <v>2521</v>
+        <v>2522</v>
       </c>
     </row>
     <row r="675" spans="1:6">
       <c r="A675" t="s">
-        <v>2480</v>
+        <v>2463</v>
       </c>
       <c r="B675" t="s">
-        <v>2481</v>
+        <v>2464</v>
       </c>
       <c r="C675" t="s">
-        <v>2522</v>
+        <v>2523</v>
       </c>
       <c r="D675" t="s">
-        <v>2523</v>
+        <v>2524</v>
       </c>
       <c r="E675" s="2" t="s">
-        <v>2524</v>
+        <v>2525</v>
       </c>
       <c r="F675" s="2" t="s">
-        <v>2525</v>
+        <v>2526</v>
       </c>
     </row>
     <row r="676" spans="1:6">
       <c r="A676" t="s">
-        <v>2480</v>
+        <v>2463</v>
       </c>
       <c r="B676" t="s">
-        <v>2481</v>
+        <v>2464</v>
       </c>
       <c r="C676" t="s">
-        <v>2526</v>
+        <v>2527</v>
       </c>
       <c r="D676" t="s">
-        <v>2527</v>
+        <v>2528</v>
       </c>
       <c r="E676" s="2" t="s">
-        <v>2528</v>
+        <v>2529</v>
       </c>
       <c r="F676" s="2" t="s">
-        <v>2529</v>
+        <v>2530</v>
       </c>
     </row>
     <row r="677" spans="1:6">
       <c r="A677" t="s">
-        <v>2480</v>
+        <v>2463</v>
       </c>
       <c r="B677" t="s">
-        <v>2481</v>
+        <v>2464</v>
       </c>
       <c r="C677" t="s">
-        <v>2530</v>
+        <v>2531</v>
       </c>
       <c r="D677" t="s">
-        <v>2531</v>
+        <v>2532</v>
       </c>
       <c r="E677" s="2" t="s">
-        <v>2532</v>
+        <v>2533</v>
       </c>
       <c r="F677" s="2" t="s">
-        <v>2533</v>
+        <v>2534</v>
       </c>
     </row>
     <row r="678" spans="1:6">
       <c r="A678" t="s">
-        <v>2480</v>
+        <v>2463</v>
       </c>
       <c r="B678" t="s">
-        <v>2481</v>
+        <v>2464</v>
       </c>
       <c r="C678" t="s">
-        <v>2534</v>
+        <v>2535</v>
       </c>
       <c r="D678" t="s">
-        <v>2535</v>
+        <v>2536</v>
       </c>
       <c r="E678" s="2" t="s">
-        <v>2536</v>
+        <v>2537</v>
       </c>
       <c r="F678" s="2" t="s">
-        <v>2537</v>
+        <v>2538</v>
       </c>
     </row>
     <row r="679" spans="1:6">
       <c r="A679" t="s">
-        <v>2480</v>
+        <v>2539</v>
       </c>
       <c r="B679" t="s">
-        <v>2481</v>
+        <v>2540</v>
       </c>
       <c r="C679" t="s">
-        <v>1443</v>
+        <v>2541</v>
       </c>
       <c r="D679" t="s">
-        <v>1444</v>
+        <v>2542</v>
       </c>
       <c r="E679" s="2" t="s">
-        <v>2538</v>
+        <v>2543</v>
       </c>
       <c r="F679" s="2" t="s">
-        <v>2539</v>
+        <v>2544</v>
       </c>
     </row>
     <row r="680" spans="1:6">
       <c r="A680" t="s">
-        <v>2480</v>
+        <v>2539</v>
       </c>
       <c r="B680" t="s">
-        <v>2481</v>
+        <v>2540</v>
       </c>
       <c r="C680" t="s">
-        <v>2540</v>
+        <v>2545</v>
       </c>
       <c r="D680" t="s">
-        <v>2541</v>
+        <v>2546</v>
       </c>
       <c r="E680" s="2" t="s">
-        <v>2542</v>
+        <v>2547</v>
       </c>
       <c r="F680" s="2" t="s">
-        <v>2543</v>
+        <v>2548</v>
       </c>
     </row>
     <row r="681" spans="1:6">
       <c r="A681" t="s">
-        <v>2480</v>
+        <v>2539</v>
       </c>
       <c r="B681" t="s">
-        <v>2481</v>
+        <v>2540</v>
       </c>
       <c r="C681" t="s">
-        <v>2544</v>
+        <v>2549</v>
       </c>
       <c r="D681" t="s">
-        <v>2545</v>
+        <v>2550</v>
       </c>
       <c r="E681" s="2" t="s">
-        <v>2546</v>
+        <v>2551</v>
       </c>
       <c r="F681" s="2" t="s">
-        <v>2547</v>
+        <v>2552</v>
       </c>
     </row>
     <row r="682" spans="1:6">
       <c r="A682" t="s">
-        <v>2480</v>
+        <v>2539</v>
       </c>
       <c r="B682" t="s">
-        <v>2481</v>
+        <v>2540</v>
       </c>
       <c r="C682" t="s">
-        <v>2548</v>
+        <v>2553</v>
       </c>
       <c r="D682" t="s">
-        <v>2549</v>
+        <v>2554</v>
       </c>
       <c r="E682" s="2" t="s">
-        <v>2550</v>
+        <v>2555</v>
       </c>
       <c r="F682" s="2" t="s">
-        <v>2551</v>
+        <v>2556</v>
       </c>
     </row>
     <row r="683" spans="1:6">
       <c r="A683" t="s">
-        <v>2480</v>
+        <v>2539</v>
       </c>
       <c r="B683" t="s">
-        <v>2481</v>
+        <v>2540</v>
       </c>
       <c r="C683" t="s">
-        <v>902</v>
+        <v>346</v>
       </c>
       <c r="D683" t="s">
-        <v>903</v>
+        <v>347</v>
       </c>
       <c r="E683" s="2" t="s">
-        <v>2552</v>
+        <v>2557</v>
       </c>
       <c r="F683" s="2" t="s">
-        <v>2553</v>
+        <v>2558</v>
       </c>
     </row>
     <row r="684" spans="1:6">
       <c r="A684" t="s">
-        <v>2480</v>
+        <v>2539</v>
       </c>
       <c r="B684" t="s">
-        <v>2481</v>
+        <v>2540</v>
       </c>
       <c r="C684" t="s">
-        <v>2277</v>
+        <v>2559</v>
       </c>
       <c r="D684" t="s">
-        <v>2278</v>
+        <v>2560</v>
       </c>
       <c r="E684" s="2" t="s">
-        <v>2554</v>
+        <v>2561</v>
       </c>
       <c r="F684" s="2" t="s">
-        <v>2555</v>
+        <v>2562</v>
       </c>
     </row>
     <row r="685" spans="1:6">
       <c r="A685" t="s">
-        <v>2480</v>
+        <v>2539</v>
       </c>
       <c r="B685" t="s">
-        <v>2481</v>
+        <v>2540</v>
       </c>
       <c r="C685" t="s">
-        <v>2556</v>
+        <v>2563</v>
       </c>
       <c r="D685" t="s">
-        <v>2557</v>
+        <v>2564</v>
       </c>
       <c r="E685" s="2" t="s">
-        <v>2558</v>
+        <v>2565</v>
       </c>
       <c r="F685" s="2" t="s">
-        <v>2559</v>
+        <v>2566</v>
       </c>
     </row>
     <row r="686" spans="1:6">
       <c r="A686" t="s">
-        <v>2560</v>
+        <v>2567</v>
       </c>
       <c r="B686" t="s">
-        <v>2561</v>
+        <v>2568</v>
       </c>
       <c r="C686" t="s">
-        <v>2562</v>
+        <v>225</v>
       </c>
       <c r="D686" t="s">
-        <v>2563</v>
+        <v>226</v>
       </c>
       <c r="E686" s="2" t="s">
-        <v>2564</v>
+        <v>2569</v>
       </c>
       <c r="F686" s="2" t="s">
-        <v>2565</v>
+        <v>2570</v>
       </c>
     </row>
     <row r="687" spans="1:6">
       <c r="A687" t="s">
-        <v>2560</v>
+        <v>2567</v>
       </c>
       <c r="B687" t="s">
-        <v>2561</v>
+        <v>2568</v>
       </c>
       <c r="C687" t="s">
-        <v>2566</v>
+        <v>2571</v>
       </c>
       <c r="D687" t="s">
-        <v>2567</v>
+        <v>2572</v>
       </c>
       <c r="E687" s="2" t="s">
-        <v>2568</v>
+        <v>2573</v>
       </c>
       <c r="F687" s="2" t="s">
-        <v>2569</v>
+        <v>2574</v>
       </c>
     </row>
     <row r="688" spans="1:6">
       <c r="A688" t="s">
-        <v>2560</v>
+        <v>2567</v>
       </c>
       <c r="B688" t="s">
-        <v>2561</v>
+        <v>2568</v>
       </c>
       <c r="C688" t="s">
-        <v>2570</v>
+        <v>2575</v>
       </c>
       <c r="D688" t="s">
-        <v>2571</v>
+        <v>2576</v>
       </c>
       <c r="E688" s="2" t="s">
-        <v>2572</v>
+        <v>2577</v>
       </c>
       <c r="F688" s="2" t="s">
-        <v>2573</v>
+        <v>2578</v>
       </c>
     </row>
     <row r="689" spans="1:6">
       <c r="A689" t="s">
-        <v>2560</v>
+        <v>2567</v>
       </c>
       <c r="B689" t="s">
-        <v>2561</v>
+        <v>2568</v>
       </c>
       <c r="C689" t="s">
-        <v>2574</v>
+        <v>2579</v>
       </c>
       <c r="D689" t="s">
-        <v>2575</v>
+        <v>2580</v>
       </c>
       <c r="E689" s="2" t="s">
-        <v>2576</v>
+        <v>2581</v>
       </c>
       <c r="F689" s="2" t="s">
-        <v>2577</v>
+        <v>2582</v>
       </c>
     </row>
     <row r="690" spans="1:6">
       <c r="A690" t="s">
-        <v>2560</v>
+        <v>2567</v>
       </c>
       <c r="B690" t="s">
-        <v>2561</v>
+        <v>2568</v>
       </c>
       <c r="C690" t="s">
-        <v>2578</v>
+        <v>2583</v>
       </c>
       <c r="D690" t="s">
-        <v>2579</v>
+        <v>2584</v>
       </c>
       <c r="E690" s="2" t="s">
-        <v>2580</v>
+        <v>2585</v>
       </c>
       <c r="F690" s="2" t="s">
-        <v>2581</v>
+        <v>2586</v>
       </c>
     </row>
     <row r="691" spans="1:6">
       <c r="A691" t="s">
-        <v>2560</v>
+        <v>2567</v>
       </c>
       <c r="B691" t="s">
-        <v>2561</v>
+        <v>2568</v>
       </c>
       <c r="C691" t="s">
-        <v>2582</v>
+        <v>2587</v>
       </c>
       <c r="D691" t="s">
-        <v>2583</v>
+        <v>2588</v>
       </c>
       <c r="E691" s="2" t="s">
-        <v>2584</v>
+        <v>2589</v>
       </c>
       <c r="F691" s="2" t="s">
-        <v>2585</v>
+        <v>2590</v>
       </c>
     </row>
     <row r="692" spans="1:6">
       <c r="A692" t="s">
-        <v>2560</v>
+        <v>2567</v>
       </c>
       <c r="B692" t="s">
-        <v>2561</v>
+        <v>2568</v>
       </c>
       <c r="C692" t="s">
-        <v>2586</v>
+        <v>2591</v>
       </c>
       <c r="D692" t="s">
-        <v>2587</v>
+        <v>2592</v>
       </c>
       <c r="E692" s="2" t="s">
-        <v>2588</v>
+        <v>2593</v>
       </c>
       <c r="F692" s="2" t="s">
-        <v>2589</v>
+        <v>2594</v>
       </c>
     </row>
     <row r="693" spans="1:6">
       <c r="A693" t="s">
-        <v>2560</v>
+        <v>2567</v>
       </c>
       <c r="B693" t="s">
-        <v>2561</v>
+        <v>2568</v>
       </c>
       <c r="C693" t="s">
-        <v>2590</v>
+        <v>2595</v>
       </c>
       <c r="D693" t="s">
-        <v>2591</v>
+        <v>2596</v>
       </c>
       <c r="E693" s="2" t="s">
-        <v>2592</v>
+        <v>2597</v>
       </c>
       <c r="F693" s="2" t="s">
-        <v>2593</v>
+        <v>2598</v>
       </c>
     </row>
     <row r="694" spans="1:6">
       <c r="A694" t="s">
-        <v>2560</v>
+        <v>2567</v>
       </c>
       <c r="B694" t="s">
-        <v>2561</v>
+        <v>2568</v>
       </c>
       <c r="C694" t="s">
-        <v>2594</v>
+        <v>2599</v>
       </c>
       <c r="D694" t="s">
-        <v>2595</v>
+        <v>2600</v>
       </c>
       <c r="E694" s="2" t="s">
-        <v>2596</v>
+        <v>2601</v>
       </c>
       <c r="F694" s="2" t="s">
-        <v>2597</v>
+        <v>2602</v>
       </c>
     </row>
     <row r="695" spans="1:6">
       <c r="A695" t="s">
-        <v>2560</v>
+        <v>2567</v>
       </c>
       <c r="B695" t="s">
-        <v>2561</v>
+        <v>2568</v>
       </c>
       <c r="C695" t="s">
-        <v>2598</v>
+        <v>2603</v>
       </c>
       <c r="D695" t="s">
-        <v>2599</v>
+        <v>2604</v>
       </c>
       <c r="E695" s="2" t="s">
-        <v>2600</v>
+        <v>2605</v>
       </c>
       <c r="F695" s="2" t="s">
-        <v>2601</v>
+        <v>2606</v>
       </c>
     </row>
     <row r="696" spans="1:6">
       <c r="A696" t="s">
-        <v>2560</v>
+        <v>2567</v>
       </c>
       <c r="B696" t="s">
-        <v>2561</v>
+        <v>2568</v>
       </c>
       <c r="C696" t="s">
-        <v>2602</v>
+        <v>1999</v>
       </c>
       <c r="D696" t="s">
-        <v>2603</v>
+        <v>2000</v>
       </c>
       <c r="E696" s="2" t="s">
-        <v>2604</v>
+        <v>2607</v>
       </c>
       <c r="F696" s="2" t="s">
-        <v>2605</v>
+        <v>2608</v>
       </c>
     </row>
     <row r="697" spans="1:6">
       <c r="A697" t="s">
-        <v>2560</v>
+        <v>2567</v>
       </c>
       <c r="B697" t="s">
-        <v>2561</v>
+        <v>2568</v>
       </c>
       <c r="C697" t="s">
-        <v>2606</v>
+        <v>2609</v>
       </c>
       <c r="D697" t="s">
-        <v>2607</v>
+        <v>2610</v>
       </c>
       <c r="E697" s="2" t="s">
-        <v>2608</v>
+        <v>2611</v>
       </c>
       <c r="F697" s="2" t="s">
-        <v>2609</v>
+        <v>2612</v>
       </c>
     </row>
     <row r="698" spans="1:6">
       <c r="A698" t="s">
-        <v>2560</v>
+        <v>2567</v>
       </c>
       <c r="B698" t="s">
-        <v>2561</v>
+        <v>2568</v>
       </c>
       <c r="C698" t="s">
-        <v>2610</v>
+        <v>2613</v>
       </c>
       <c r="D698" t="s">
-        <v>2611</v>
+        <v>2614</v>
       </c>
       <c r="E698" s="2" t="s">
-        <v>2612</v>
+        <v>2615</v>
       </c>
       <c r="F698" s="2" t="s">
-        <v>2613</v>
+        <v>2616</v>
       </c>
     </row>
     <row r="699" spans="1:6">
       <c r="A699" t="s">
-        <v>2560</v>
+        <v>2567</v>
       </c>
       <c r="B699" t="s">
-        <v>2561</v>
+        <v>2568</v>
       </c>
       <c r="C699" t="s">
-        <v>2614</v>
+        <v>2617</v>
       </c>
       <c r="D699" t="s">
-        <v>2615</v>
+        <v>2618</v>
       </c>
       <c r="E699" s="2" t="s">
-        <v>2616</v>
+        <v>2619</v>
       </c>
       <c r="F699" s="2" t="s">
-        <v>2617</v>
+        <v>2620</v>
       </c>
     </row>
     <row r="700" spans="1:6">
       <c r="A700" t="s">
-        <v>2560</v>
+        <v>2567</v>
       </c>
       <c r="B700" t="s">
-        <v>2561</v>
+        <v>2568</v>
       </c>
       <c r="C700" t="s">
-        <v>2618</v>
+        <v>2621</v>
       </c>
       <c r="D700" t="s">
-        <v>2619</v>
+        <v>2622</v>
       </c>
       <c r="E700" s="2" t="s">
-        <v>2620</v>
+        <v>2623</v>
       </c>
       <c r="F700" s="2" t="s">
-        <v>2621</v>
+        <v>2624</v>
       </c>
     </row>
     <row r="701" spans="1:6">
       <c r="A701" t="s">
-        <v>2560</v>
+        <v>2567</v>
       </c>
       <c r="B701" t="s">
-        <v>2561</v>
+        <v>2568</v>
       </c>
       <c r="C701" t="s">
-        <v>2622</v>
+        <v>1471</v>
       </c>
       <c r="D701" t="s">
-        <v>2622</v>
+        <v>1472</v>
       </c>
       <c r="E701" s="2" t="s">
-        <v>2623</v>
+        <v>2625</v>
       </c>
       <c r="F701" s="2" t="s">
-        <v>2624</v>
+        <v>2626</v>
       </c>
     </row>
     <row r="702" spans="1:6">
       <c r="A702" t="s">
-        <v>2560</v>
+        <v>2567</v>
       </c>
       <c r="B702" t="s">
-        <v>2561</v>
+        <v>2568</v>
       </c>
       <c r="C702" t="s">
-        <v>2625</v>
+        <v>2627</v>
       </c>
       <c r="D702" t="s">
-        <v>2626</v>
+        <v>2628</v>
       </c>
       <c r="E702" s="2" t="s">
-        <v>2627</v>
+        <v>2629</v>
       </c>
       <c r="F702" s="2" t="s">
-        <v>2628</v>
+        <v>2630</v>
       </c>
     </row>
     <row r="703" spans="1:6">
       <c r="A703" t="s">
-        <v>2560</v>
+        <v>2567</v>
       </c>
       <c r="B703" t="s">
-        <v>2561</v>
+        <v>2568</v>
       </c>
       <c r="C703" t="s">
-        <v>2629</v>
+        <v>2631</v>
       </c>
       <c r="D703" t="s">
-        <v>2630</v>
+        <v>2632</v>
       </c>
       <c r="E703" s="2" t="s">
-        <v>2631</v>
+        <v>2633</v>
       </c>
       <c r="F703" s="2" t="s">
-        <v>2632</v>
+        <v>2634</v>
       </c>
     </row>
     <row r="704" spans="1:6">
       <c r="A704" t="s">
-        <v>2560</v>
+        <v>2567</v>
       </c>
       <c r="B704" t="s">
-        <v>2561</v>
+        <v>2568</v>
       </c>
       <c r="C704" t="s">
-        <v>1834</v>
+        <v>2635</v>
       </c>
       <c r="D704" t="s">
-        <v>1835</v>
+        <v>2636</v>
       </c>
       <c r="E704" s="2" t="s">
-        <v>2633</v>
+        <v>2637</v>
       </c>
       <c r="F704" s="2" t="s">
-        <v>2634</v>
+        <v>2638</v>
       </c>
     </row>
     <row r="705" spans="1:6">
       <c r="A705" t="s">
-        <v>2560</v>
+        <v>2567</v>
       </c>
       <c r="B705" t="s">
-        <v>2561</v>
+        <v>2568</v>
       </c>
       <c r="C705" t="s">
-        <v>2635</v>
+        <v>906</v>
       </c>
       <c r="D705" t="s">
-        <v>2636</v>
+        <v>907</v>
       </c>
       <c r="E705" s="2" t="s">
-        <v>2637</v>
+        <v>2639</v>
       </c>
       <c r="F705" s="2" t="s">
-        <v>2638</v>
+        <v>2640</v>
       </c>
     </row>
     <row r="706" spans="1:6">
       <c r="A706" t="s">
-        <v>2560</v>
+        <v>2567</v>
       </c>
       <c r="B706" t="s">
-        <v>2561</v>
+        <v>2568</v>
       </c>
       <c r="C706" t="s">
-        <v>61</v>
+        <v>2356</v>
       </c>
       <c r="D706" t="s">
-        <v>62</v>
+        <v>2357</v>
       </c>
       <c r="E706" s="2" t="s">
-        <v>2639</v>
+        <v>2641</v>
       </c>
       <c r="F706" s="2" t="s">
-        <v>2640</v>
+        <v>2642</v>
       </c>
     </row>
     <row r="707" spans="1:6">
       <c r="A707" t="s">
-        <v>2560</v>
+        <v>2567</v>
       </c>
       <c r="B707" t="s">
-        <v>2561</v>
+        <v>2568</v>
       </c>
       <c r="C707" t="s">
-        <v>2641</v>
+        <v>2643</v>
       </c>
       <c r="D707" t="s">
-        <v>2642</v>
+        <v>2644</v>
       </c>
       <c r="E707" s="2" t="s">
-        <v>2643</v>
+        <v>2645</v>
       </c>
       <c r="F707" s="2" t="s">
-        <v>2644</v>
+        <v>2646</v>
       </c>
     </row>
     <row r="708" spans="1:6">
       <c r="A708" t="s">
-        <v>2560</v>
+        <v>2647</v>
       </c>
       <c r="B708" t="s">
-        <v>2561</v>
+        <v>2648</v>
       </c>
       <c r="C708" t="s">
-        <v>467</v>
+        <v>2649</v>
       </c>
       <c r="D708" t="s">
-        <v>468</v>
+        <v>2650</v>
       </c>
       <c r="E708" s="2" t="s">
-        <v>2645</v>
+        <v>2651</v>
       </c>
       <c r="F708" s="2" t="s">
-        <v>2646</v>
+        <v>2652</v>
       </c>
     </row>
     <row r="709" spans="1:6">
       <c r="A709" t="s">
-        <v>2560</v>
+        <v>2647</v>
       </c>
       <c r="B709" t="s">
-        <v>2561</v>
+        <v>2648</v>
       </c>
       <c r="C709" t="s">
-        <v>2647</v>
+        <v>2653</v>
       </c>
       <c r="D709" t="s">
-        <v>2648</v>
+        <v>2654</v>
       </c>
       <c r="E709" s="2" t="s">
-        <v>2649</v>
+        <v>2655</v>
       </c>
       <c r="F709" s="2" t="s">
-        <v>2650</v>
+        <v>2656</v>
       </c>
     </row>
     <row r="710" spans="1:6">
       <c r="A710" t="s">
-        <v>2560</v>
+        <v>2647</v>
       </c>
       <c r="B710" t="s">
-        <v>2561</v>
+        <v>2648</v>
       </c>
       <c r="C710" t="s">
-        <v>2651</v>
+        <v>2657</v>
       </c>
       <c r="D710" t="s">
-        <v>2652</v>
+        <v>2658</v>
       </c>
       <c r="E710" s="2" t="s">
-        <v>2653</v>
+        <v>2659</v>
       </c>
       <c r="F710" s="2" t="s">
-        <v>2654</v>
+        <v>2660</v>
       </c>
     </row>
     <row r="711" spans="1:6">
       <c r="A711" t="s">
-        <v>2560</v>
+        <v>2647</v>
       </c>
       <c r="B711" t="s">
-        <v>2561</v>
+        <v>2648</v>
       </c>
       <c r="C711" t="s">
-        <v>2655</v>
+        <v>2661</v>
       </c>
       <c r="D711" t="s">
-        <v>2656</v>
+        <v>2662</v>
       </c>
       <c r="E711" s="2" t="s">
-        <v>2657</v>
+        <v>2663</v>
       </c>
       <c r="F711" s="2" t="s">
-        <v>2658</v>
+        <v>2664</v>
       </c>
     </row>
     <row r="712" spans="1:6">
       <c r="A712" t="s">
-        <v>2560</v>
+        <v>2647</v>
       </c>
       <c r="B712" t="s">
-        <v>2561</v>
+        <v>2648</v>
       </c>
       <c r="C712" t="s">
-        <v>2659</v>
+        <v>2665</v>
       </c>
       <c r="D712" t="s">
-        <v>2660</v>
+        <v>2666</v>
       </c>
       <c r="E712" s="2" t="s">
-        <v>2661</v>
+        <v>2667</v>
       </c>
       <c r="F712" s="2" t="s">
-        <v>2662</v>
+        <v>2668</v>
       </c>
     </row>
     <row r="713" spans="1:6">
       <c r="A713" t="s">
-        <v>2560</v>
+        <v>2647</v>
       </c>
       <c r="B713" t="s">
-        <v>2561</v>
+        <v>2648</v>
       </c>
       <c r="C713" t="s">
-        <v>2663</v>
+        <v>2669</v>
       </c>
       <c r="D713" t="s">
-        <v>2664</v>
+        <v>2670</v>
       </c>
       <c r="E713" s="2" t="s">
-        <v>2665</v>
+        <v>2671</v>
       </c>
       <c r="F713" s="2" t="s">
-        <v>2666</v>
+        <v>2672</v>
       </c>
     </row>
     <row r="714" spans="1:6">
       <c r="A714" t="s">
-        <v>2667</v>
+        <v>2647</v>
       </c>
       <c r="B714" t="s">
-        <v>2668</v>
+        <v>2648</v>
       </c>
       <c r="C714" t="s">
-        <v>2669</v>
+        <v>2673</v>
       </c>
       <c r="D714" t="s">
-        <v>2670</v>
+        <v>2674</v>
       </c>
       <c r="E714" s="2" t="s">
-        <v>2671</v>
+        <v>2675</v>
       </c>
       <c r="F714" s="2" t="s">
-        <v>2672</v>
+        <v>2676</v>
       </c>
     </row>
     <row r="715" spans="1:6">
       <c r="A715" t="s">
-        <v>2667</v>
+        <v>2647</v>
       </c>
       <c r="B715" t="s">
-        <v>2668</v>
+        <v>2648</v>
       </c>
       <c r="C715" t="s">
-        <v>1439</v>
+        <v>2677</v>
       </c>
       <c r="D715" t="s">
-        <v>1440</v>
+        <v>2678</v>
       </c>
       <c r="E715" s="2" t="s">
-        <v>2673</v>
+        <v>2679</v>
       </c>
       <c r="F715" s="2" t="s">
-        <v>2674</v>
+        <v>2680</v>
       </c>
     </row>
     <row r="716" spans="1:6">
       <c r="A716" t="s">
-        <v>2667</v>
+        <v>2647</v>
       </c>
       <c r="B716" t="s">
-        <v>2668</v>
+        <v>2648</v>
       </c>
       <c r="C716" t="s">
-        <v>2675</v>
+        <v>2681</v>
       </c>
       <c r="D716" t="s">
-        <v>2675</v>
+        <v>2682</v>
       </c>
       <c r="E716" s="2" t="s">
-        <v>2676</v>
+        <v>2683</v>
       </c>
       <c r="F716" s="2" t="s">
-        <v>2677</v>
+        <v>2684</v>
       </c>
     </row>
     <row r="717" spans="1:6">
       <c r="A717" t="s">
-        <v>2678</v>
+        <v>2647</v>
       </c>
       <c r="B717" t="s">
-        <v>2679</v>
+        <v>2648</v>
       </c>
       <c r="C717" t="s">
-        <v>2680</v>
+        <v>2685</v>
       </c>
       <c r="D717" t="s">
-        <v>2681</v>
+        <v>2686</v>
       </c>
       <c r="E717" s="2" t="s">
-        <v>2682</v>
+        <v>2687</v>
       </c>
       <c r="F717" s="2" t="s">
-        <v>2683</v>
+        <v>2688</v>
       </c>
     </row>
     <row r="718" spans="1:6">
       <c r="A718" t="s">
-        <v>2678</v>
+        <v>2647</v>
       </c>
       <c r="B718" t="s">
-        <v>2679</v>
+        <v>2648</v>
       </c>
       <c r="C718" t="s">
-        <v>2684</v>
+        <v>2689</v>
       </c>
       <c r="D718" t="s">
-        <v>2685</v>
+        <v>2690</v>
       </c>
       <c r="E718" s="2" t="s">
-        <v>2686</v>
+        <v>2691</v>
       </c>
       <c r="F718" s="2" t="s">
-        <v>2687</v>
+        <v>2692</v>
       </c>
     </row>
     <row r="719" spans="1:6">
       <c r="A719" t="s">
-        <v>2678</v>
+        <v>2647</v>
       </c>
       <c r="B719" t="s">
-        <v>2679</v>
+        <v>2648</v>
       </c>
       <c r="C719" t="s">
-        <v>2688</v>
+        <v>2693</v>
       </c>
       <c r="D719" t="s">
-        <v>2689</v>
+        <v>2694</v>
       </c>
       <c r="E719" s="2" t="s">
-        <v>2690</v>
+        <v>2695</v>
       </c>
       <c r="F719" s="2" t="s">
-        <v>2691</v>
+        <v>2696</v>
       </c>
     </row>
     <row r="720" spans="1:6">
       <c r="A720" t="s">
-        <v>2678</v>
+        <v>2647</v>
       </c>
       <c r="B720" t="s">
-        <v>2679</v>
+        <v>2648</v>
       </c>
       <c r="C720" t="s">
-        <v>2692</v>
+        <v>2697</v>
       </c>
       <c r="D720" t="s">
-        <v>2693</v>
+        <v>2698</v>
       </c>
       <c r="E720" s="2" t="s">
-        <v>2694</v>
+        <v>2699</v>
       </c>
       <c r="F720" s="2" t="s">
-        <v>2695</v>
+        <v>2700</v>
       </c>
     </row>
     <row r="721" spans="1:6">
       <c r="A721" t="s">
-        <v>2678</v>
+        <v>2647</v>
       </c>
       <c r="B721" t="s">
-        <v>2679</v>
+        <v>2648</v>
       </c>
       <c r="C721" t="s">
-        <v>2696</v>
+        <v>2701</v>
       </c>
       <c r="D721" t="s">
-        <v>2697</v>
+        <v>2702</v>
       </c>
       <c r="E721" s="2" t="s">
-        <v>2698</v>
+        <v>2703</v>
       </c>
       <c r="F721" s="2" t="s">
-        <v>2699</v>
+        <v>2704</v>
       </c>
     </row>
     <row r="722" spans="1:6">
       <c r="A722" t="s">
-        <v>2678</v>
+        <v>2647</v>
       </c>
       <c r="B722" t="s">
-        <v>2679</v>
+        <v>2648</v>
       </c>
       <c r="C722" t="s">
-        <v>2700</v>
+        <v>2705</v>
       </c>
       <c r="D722" t="s">
-        <v>2701</v>
+        <v>2706</v>
       </c>
       <c r="E722" s="2" t="s">
-        <v>2702</v>
+        <v>2707</v>
       </c>
       <c r="F722" s="2" t="s">
-        <v>2703</v>
+        <v>2708</v>
       </c>
     </row>
     <row r="723" spans="1:6">
       <c r="A723" t="s">
-        <v>2678</v>
+        <v>2647</v>
       </c>
       <c r="B723" t="s">
-        <v>2679</v>
+        <v>2648</v>
       </c>
       <c r="C723" t="s">
-        <v>2704</v>
+        <v>2709</v>
       </c>
       <c r="D723" t="s">
-        <v>2705</v>
+        <v>2709</v>
       </c>
       <c r="E723" s="2" t="s">
-        <v>2706</v>
+        <v>2710</v>
       </c>
       <c r="F723" s="2" t="s">
-        <v>2707</v>
+        <v>2711</v>
       </c>
     </row>
     <row r="724" spans="1:6">
       <c r="A724" t="s">
-        <v>2678</v>
+        <v>2647</v>
       </c>
       <c r="B724" t="s">
-        <v>2679</v>
+        <v>2648</v>
       </c>
       <c r="C724" t="s">
-        <v>2708</v>
+        <v>2712</v>
       </c>
       <c r="D724" t="s">
-        <v>2709</v>
+        <v>2713</v>
       </c>
       <c r="E724" s="2" t="s">
-        <v>2710</v>
+        <v>2714</v>
       </c>
       <c r="F724" s="2" t="s">
-        <v>2711</v>
+        <v>2715</v>
       </c>
     </row>
     <row r="725" spans="1:6">
       <c r="A725" t="s">
-        <v>2678</v>
+        <v>2647</v>
       </c>
       <c r="B725" t="s">
-        <v>2679</v>
+        <v>2648</v>
       </c>
       <c r="C725" t="s">
-        <v>2712</v>
+        <v>2716</v>
       </c>
       <c r="D725" t="s">
-        <v>2713</v>
+        <v>2717</v>
       </c>
       <c r="E725" s="2" t="s">
-        <v>2714</v>
+        <v>2718</v>
       </c>
       <c r="F725" s="2" t="s">
-        <v>2715</v>
+        <v>2719</v>
       </c>
     </row>
     <row r="726" spans="1:6">
       <c r="A726" t="s">
-        <v>2678</v>
+        <v>2647</v>
       </c>
       <c r="B726" t="s">
-        <v>2679</v>
+        <v>2648</v>
       </c>
       <c r="C726" t="s">
-        <v>434</v>
+        <v>1882</v>
       </c>
       <c r="D726" t="s">
-        <v>435</v>
+        <v>1883</v>
       </c>
       <c r="E726" s="2" t="s">
-        <v>2716</v>
+        <v>2720</v>
       </c>
       <c r="F726" s="2" t="s">
-        <v>2717</v>
+        <v>2721</v>
       </c>
     </row>
     <row r="727" spans="1:6">
       <c r="A727" t="s">
-        <v>2678</v>
+        <v>2647</v>
       </c>
       <c r="B727" t="s">
-        <v>2679</v>
+        <v>2648</v>
       </c>
       <c r="C727" t="s">
-        <v>2718</v>
+        <v>2722</v>
       </c>
       <c r="D727" t="s">
-        <v>2719</v>
+        <v>2723</v>
       </c>
       <c r="E727" s="2" t="s">
-        <v>2720</v>
+        <v>2724</v>
       </c>
       <c r="F727" s="2" t="s">
-        <v>2721</v>
+        <v>2725</v>
       </c>
     </row>
     <row r="728" spans="1:6">
       <c r="A728" t="s">
-        <v>2678</v>
+        <v>2647</v>
       </c>
       <c r="B728" t="s">
-        <v>2679</v>
+        <v>2648</v>
       </c>
       <c r="C728" t="s">
-        <v>2722</v>
+        <v>61</v>
       </c>
       <c r="D728" t="s">
-        <v>2723</v>
+        <v>62</v>
       </c>
       <c r="E728" s="2" t="s">
-        <v>2724</v>
+        <v>2726</v>
       </c>
       <c r="F728" s="2" t="s">
-        <v>2725</v>
+        <v>2727</v>
       </c>
     </row>
     <row r="729" spans="1:6">
       <c r="A729" t="s">
-        <v>2678</v>
+        <v>2647</v>
       </c>
       <c r="B729" t="s">
-        <v>2679</v>
+        <v>2648</v>
       </c>
       <c r="C729" t="s">
-        <v>2726</v>
+        <v>2728</v>
       </c>
       <c r="D729" t="s">
-        <v>2727</v>
+        <v>2729</v>
       </c>
       <c r="E729" s="2" t="s">
-        <v>2728</v>
+        <v>2730</v>
       </c>
       <c r="F729" s="2" t="s">
-        <v>2729</v>
+        <v>2731</v>
       </c>
     </row>
     <row r="730" spans="1:6">
       <c r="A730" t="s">
-        <v>2678</v>
+        <v>2647</v>
       </c>
       <c r="B730" t="s">
-        <v>2679</v>
+        <v>2648</v>
       </c>
       <c r="C730" t="s">
-        <v>2730</v>
+        <v>471</v>
       </c>
       <c r="D730" t="s">
-        <v>2731</v>
+        <v>472</v>
       </c>
       <c r="E730" s="2" t="s">
         <v>2732</v>
       </c>
       <c r="F730" s="2" t="s">
         <v>2733</v>
       </c>
     </row>
     <row r="731" spans="1:6">
       <c r="A731" t="s">
-        <v>2678</v>
+        <v>2647</v>
       </c>
       <c r="B731" t="s">
-        <v>2679</v>
+        <v>2648</v>
       </c>
       <c r="C731" t="s">
         <v>2734</v>
       </c>
       <c r="D731" t="s">
         <v>2735</v>
       </c>
       <c r="E731" s="2" t="s">
         <v>2736</v>
       </c>
       <c r="F731" s="2" t="s">
         <v>2737</v>
       </c>
     </row>
     <row r="732" spans="1:6">
       <c r="A732" t="s">
-        <v>2678</v>
+        <v>2647</v>
       </c>
       <c r="B732" t="s">
-        <v>2679</v>
+        <v>2648</v>
       </c>
       <c r="C732" t="s">
         <v>2738</v>
       </c>
       <c r="D732" t="s">
         <v>2739</v>
       </c>
       <c r="E732" s="2" t="s">
         <v>2740</v>
       </c>
       <c r="F732" s="2" t="s">
         <v>2741</v>
       </c>
     </row>
     <row r="733" spans="1:6">
       <c r="A733" t="s">
-        <v>2678</v>
+        <v>2647</v>
       </c>
       <c r="B733" t="s">
-        <v>2679</v>
+        <v>2648</v>
       </c>
       <c r="C733" t="s">
         <v>2742</v>
       </c>
       <c r="D733" t="s">
         <v>2743</v>
       </c>
       <c r="E733" s="2" t="s">
         <v>2744</v>
       </c>
       <c r="F733" s="2" t="s">
         <v>2745</v>
       </c>
     </row>
     <row r="734" spans="1:6">
       <c r="A734" t="s">
-        <v>2678</v>
+        <v>2647</v>
       </c>
       <c r="B734" t="s">
-        <v>2679</v>
+        <v>2648</v>
       </c>
       <c r="C734" t="s">
         <v>2746</v>
       </c>
       <c r="D734" t="s">
         <v>2747</v>
       </c>
       <c r="E734" s="2" t="s">
         <v>2748</v>
       </c>
       <c r="F734" s="2" t="s">
         <v>2749</v>
       </c>
     </row>
     <row r="735" spans="1:6">
       <c r="A735" t="s">
-        <v>2678</v>
+        <v>2647</v>
       </c>
       <c r="B735" t="s">
-        <v>2679</v>
+        <v>2648</v>
       </c>
       <c r="C735" t="s">
         <v>2750</v>
       </c>
       <c r="D735" t="s">
         <v>2751</v>
       </c>
       <c r="E735" s="2" t="s">
         <v>2752</v>
       </c>
       <c r="F735" s="2" t="s">
         <v>2753</v>
       </c>
     </row>
     <row r="736" spans="1:6">
       <c r="A736" t="s">
-        <v>2678</v>
+        <v>2754</v>
       </c>
       <c r="B736" t="s">
-        <v>2679</v>
+        <v>2755</v>
       </c>
       <c r="C736" t="s">
-        <v>2754</v>
+        <v>2756</v>
       </c>
       <c r="D736" t="s">
-        <v>2755</v>
+        <v>2757</v>
       </c>
       <c r="E736" s="2" t="s">
-        <v>2756</v>
+        <v>2758</v>
       </c>
       <c r="F736" s="2" t="s">
-        <v>2757</v>
+        <v>2759</v>
       </c>
     </row>
     <row r="737" spans="1:6">
       <c r="A737" t="s">
-        <v>2678</v>
+        <v>2754</v>
       </c>
       <c r="B737" t="s">
-        <v>2679</v>
+        <v>2755</v>
       </c>
       <c r="C737" t="s">
-        <v>2758</v>
+        <v>1467</v>
       </c>
       <c r="D737" t="s">
-        <v>2759</v>
+        <v>1468</v>
       </c>
       <c r="E737" s="2" t="s">
         <v>2760</v>
       </c>
       <c r="F737" s="2" t="s">
         <v>2761</v>
       </c>
     </row>
     <row r="738" spans="1:6">
       <c r="A738" t="s">
-        <v>2678</v>
+        <v>2754</v>
       </c>
       <c r="B738" t="s">
-        <v>2679</v>
+        <v>2755</v>
       </c>
       <c r="C738" t="s">
         <v>2762</v>
       </c>
       <c r="D738" t="s">
         <v>2762</v>
       </c>
       <c r="E738" s="2" t="s">
         <v>2763</v>
       </c>
       <c r="F738" s="2" t="s">
         <v>2764</v>
       </c>
     </row>
     <row r="739" spans="1:6">
       <c r="A739" t="s">
-        <v>2678</v>
+        <v>2765</v>
       </c>
       <c r="B739" t="s">
-        <v>2679</v>
+        <v>2766</v>
       </c>
       <c r="C739" t="s">
-        <v>2408</v>
+        <v>2767</v>
       </c>
       <c r="D739" t="s">
-        <v>2409</v>
+        <v>2768</v>
       </c>
       <c r="E739" s="2" t="s">
-        <v>2765</v>
+        <v>2769</v>
       </c>
       <c r="F739" s="2" t="s">
-        <v>2766</v>
+        <v>2770</v>
       </c>
     </row>
     <row r="740" spans="1:6">
       <c r="A740" t="s">
-        <v>2678</v>
+        <v>2765</v>
       </c>
       <c r="B740" t="s">
-        <v>2679</v>
+        <v>2766</v>
       </c>
       <c r="C740" t="s">
-        <v>635</v>
+        <v>2771</v>
       </c>
       <c r="D740" t="s">
-        <v>636</v>
+        <v>2772</v>
       </c>
       <c r="E740" s="2" t="s">
-        <v>2767</v>
+        <v>2773</v>
       </c>
       <c r="F740" s="2" t="s">
-        <v>2768</v>
+        <v>2774</v>
       </c>
     </row>
     <row r="741" spans="1:6">
       <c r="A741" t="s">
-        <v>2678</v>
+        <v>2765</v>
       </c>
       <c r="B741" t="s">
-        <v>2679</v>
+        <v>2766</v>
       </c>
       <c r="C741" t="s">
-        <v>1643</v>
+        <v>2775</v>
       </c>
       <c r="D741" t="s">
-        <v>1644</v>
+        <v>2776</v>
       </c>
       <c r="E741" s="2" t="s">
-        <v>2769</v>
+        <v>2777</v>
       </c>
       <c r="F741" s="2" t="s">
-        <v>2770</v>
+        <v>2778</v>
       </c>
     </row>
     <row r="742" spans="1:6">
       <c r="A742" t="s">
-        <v>2678</v>
+        <v>2765</v>
       </c>
       <c r="B742" t="s">
-        <v>2679</v>
+        <v>2766</v>
       </c>
       <c r="C742" t="s">
-        <v>2771</v>
+        <v>2779</v>
       </c>
       <c r="D742" t="s">
-        <v>2772</v>
+        <v>2780</v>
       </c>
       <c r="E742" s="2" t="s">
-        <v>2773</v>
+        <v>2781</v>
       </c>
       <c r="F742" s="2" t="s">
-        <v>2774</v>
+        <v>2782</v>
       </c>
     </row>
     <row r="743" spans="1:6">
       <c r="A743" t="s">
-        <v>2678</v>
+        <v>2765</v>
       </c>
       <c r="B743" t="s">
-        <v>2679</v>
+        <v>2766</v>
       </c>
       <c r="C743" t="s">
-        <v>1668</v>
+        <v>2783</v>
       </c>
       <c r="D743" t="s">
-        <v>1669</v>
+        <v>2784</v>
       </c>
       <c r="E743" s="2" t="s">
-        <v>2775</v>
+        <v>2785</v>
       </c>
       <c r="F743" s="2" t="s">
-        <v>2776</v>
+        <v>2786</v>
       </c>
     </row>
     <row r="744" spans="1:6">
       <c r="A744" t="s">
-        <v>2678</v>
+        <v>2765</v>
       </c>
       <c r="B744" t="s">
-        <v>2679</v>
+        <v>2766</v>
       </c>
       <c r="C744" t="s">
-        <v>2777</v>
+        <v>2787</v>
       </c>
       <c r="D744" t="s">
-        <v>2777</v>
+        <v>2788</v>
       </c>
       <c r="E744" s="2" t="s">
-        <v>2778</v>
+        <v>2789</v>
       </c>
       <c r="F744" s="2" t="s">
-        <v>2779</v>
+        <v>2790</v>
       </c>
     </row>
     <row r="745" spans="1:6">
       <c r="A745" t="s">
-        <v>2678</v>
+        <v>2765</v>
       </c>
       <c r="B745" t="s">
-        <v>2679</v>
+        <v>2766</v>
       </c>
       <c r="C745" t="s">
-        <v>2780</v>
+        <v>2791</v>
       </c>
       <c r="D745" t="s">
-        <v>2781</v>
+        <v>2792</v>
       </c>
       <c r="E745" s="2" t="s">
-        <v>2782</v>
+        <v>2793</v>
       </c>
       <c r="F745" s="2" t="s">
-        <v>2783</v>
+        <v>2794</v>
       </c>
     </row>
     <row r="746" spans="1:6">
       <c r="A746" t="s">
-        <v>2678</v>
+        <v>2765</v>
       </c>
       <c r="B746" t="s">
-        <v>2679</v>
+        <v>2766</v>
       </c>
       <c r="C746" t="s">
-        <v>2784</v>
+        <v>2795</v>
       </c>
       <c r="D746" t="s">
-        <v>2785</v>
+        <v>2796</v>
       </c>
       <c r="E746" s="2" t="s">
-        <v>2786</v>
+        <v>2797</v>
       </c>
       <c r="F746" s="2" t="s">
-        <v>2787</v>
+        <v>2798</v>
       </c>
     </row>
     <row r="747" spans="1:6">
       <c r="A747" t="s">
-        <v>2678</v>
+        <v>2765</v>
       </c>
       <c r="B747" t="s">
-        <v>2679</v>
+        <v>2766</v>
       </c>
       <c r="C747" t="s">
-        <v>2788</v>
+        <v>2799</v>
       </c>
       <c r="D747" t="s">
-        <v>2789</v>
+        <v>2800</v>
       </c>
       <c r="E747" s="2" t="s">
-        <v>2790</v>
+        <v>2801</v>
       </c>
       <c r="F747" s="2" t="s">
-        <v>2791</v>
+        <v>2802</v>
       </c>
     </row>
     <row r="748" spans="1:6">
       <c r="A748" t="s">
-        <v>2678</v>
+        <v>2765</v>
       </c>
       <c r="B748" t="s">
-        <v>2679</v>
+        <v>2766</v>
       </c>
       <c r="C748" t="s">
-        <v>2792</v>
+        <v>438</v>
       </c>
       <c r="D748" t="s">
-        <v>2793</v>
+        <v>439</v>
       </c>
       <c r="E748" s="2" t="s">
-        <v>2794</v>
+        <v>2803</v>
       </c>
       <c r="F748" s="2" t="s">
-        <v>2795</v>
+        <v>2804</v>
       </c>
     </row>
     <row r="749" spans="1:6">
       <c r="A749" t="s">
-        <v>2678</v>
+        <v>2765</v>
       </c>
       <c r="B749" t="s">
-        <v>2679</v>
+        <v>2766</v>
       </c>
       <c r="C749" t="s">
-        <v>2796</v>
+        <v>2805</v>
       </c>
       <c r="D749" t="s">
-        <v>2797</v>
+        <v>2806</v>
       </c>
       <c r="E749" s="2" t="s">
-        <v>2798</v>
+        <v>2807</v>
       </c>
       <c r="F749" s="2" t="s">
-        <v>2799</v>
+        <v>2808</v>
       </c>
     </row>
     <row r="750" spans="1:6">
       <c r="A750" t="s">
-        <v>2678</v>
+        <v>2765</v>
       </c>
       <c r="B750" t="s">
-        <v>2679</v>
+        <v>2766</v>
       </c>
       <c r="C750" t="s">
-        <v>2800</v>
+        <v>2809</v>
       </c>
       <c r="D750" t="s">
-        <v>2801</v>
+        <v>2810</v>
       </c>
       <c r="E750" s="2" t="s">
-        <v>2802</v>
+        <v>2811</v>
       </c>
       <c r="F750" s="2" t="s">
-        <v>2803</v>
+        <v>2812</v>
       </c>
     </row>
     <row r="751" spans="1:6">
       <c r="A751" t="s">
-        <v>2678</v>
+        <v>2765</v>
       </c>
       <c r="B751" t="s">
-        <v>2679</v>
+        <v>2766</v>
       </c>
       <c r="C751" t="s">
-        <v>2804</v>
+        <v>2813</v>
       </c>
       <c r="D751" t="s">
-        <v>2805</v>
+        <v>2814</v>
       </c>
       <c r="E751" s="2" t="s">
-        <v>2806</v>
+        <v>2815</v>
       </c>
       <c r="F751" s="2" t="s">
-        <v>2807</v>
+        <v>2816</v>
       </c>
     </row>
     <row r="752" spans="1:6">
       <c r="A752" t="s">
-        <v>2678</v>
+        <v>2765</v>
       </c>
       <c r="B752" t="s">
-        <v>2679</v>
+        <v>2766</v>
       </c>
       <c r="C752" t="s">
-        <v>2808</v>
+        <v>2817</v>
       </c>
       <c r="D752" t="s">
-        <v>2809</v>
+        <v>2818</v>
       </c>
       <c r="E752" s="2" t="s">
-        <v>2810</v>
+        <v>2819</v>
       </c>
       <c r="F752" s="2" t="s">
-        <v>2811</v>
+        <v>2820</v>
       </c>
     </row>
     <row r="753" spans="1:6">
       <c r="A753" t="s">
-        <v>2678</v>
+        <v>2765</v>
       </c>
       <c r="B753" t="s">
-        <v>2679</v>
+        <v>2766</v>
       </c>
       <c r="C753" t="s">
-        <v>2812</v>
+        <v>2821</v>
       </c>
       <c r="D753" t="s">
-        <v>2813</v>
+        <v>2822</v>
       </c>
       <c r="E753" s="2" t="s">
-        <v>2814</v>
+        <v>2823</v>
       </c>
       <c r="F753" s="2" t="s">
-        <v>2815</v>
+        <v>2824</v>
       </c>
     </row>
     <row r="754" spans="1:6">
       <c r="A754" t="s">
-        <v>2816</v>
+        <v>2765</v>
       </c>
       <c r="B754" t="s">
-        <v>2817</v>
+        <v>2766</v>
       </c>
       <c r="C754" t="s">
-        <v>2818</v>
+        <v>2825</v>
       </c>
       <c r="D754" t="s">
-        <v>2819</v>
+        <v>2826</v>
       </c>
       <c r="E754" s="2" t="s">
-        <v>2820</v>
+        <v>2827</v>
       </c>
       <c r="F754" s="2" t="s">
-        <v>2821</v>
+        <v>2828</v>
       </c>
     </row>
     <row r="755" spans="1:6">
       <c r="A755" t="s">
-        <v>2816</v>
+        <v>2765</v>
       </c>
       <c r="B755" t="s">
-        <v>2817</v>
+        <v>2766</v>
       </c>
       <c r="C755" t="s">
-        <v>2822</v>
+        <v>2829</v>
       </c>
       <c r="D755" t="s">
-        <v>2823</v>
+        <v>2830</v>
       </c>
       <c r="E755" s="2" t="s">
-        <v>2824</v>
+        <v>2831</v>
       </c>
       <c r="F755" s="2" t="s">
-        <v>2825</v>
+        <v>2832</v>
       </c>
     </row>
     <row r="756" spans="1:6">
       <c r="A756" t="s">
-        <v>2816</v>
+        <v>2765</v>
       </c>
       <c r="B756" t="s">
-        <v>2817</v>
+        <v>2766</v>
       </c>
       <c r="C756" t="s">
-        <v>2826</v>
+        <v>2833</v>
       </c>
       <c r="D756" t="s">
-        <v>2827</v>
+        <v>2834</v>
       </c>
       <c r="E756" s="2" t="s">
-        <v>2828</v>
+        <v>2835</v>
       </c>
       <c r="F756" s="2" t="s">
-        <v>2829</v>
+        <v>2836</v>
       </c>
     </row>
     <row r="757" spans="1:6">
       <c r="A757" t="s">
-        <v>2816</v>
+        <v>2765</v>
       </c>
       <c r="B757" t="s">
-        <v>2817</v>
+        <v>2766</v>
       </c>
       <c r="C757" t="s">
-        <v>2830</v>
+        <v>2837</v>
       </c>
       <c r="D757" t="s">
-        <v>2831</v>
+        <v>2838</v>
       </c>
       <c r="E757" s="2" t="s">
-        <v>2832</v>
+        <v>2839</v>
       </c>
       <c r="F757" s="2" t="s">
-        <v>2833</v>
+        <v>2840</v>
       </c>
     </row>
     <row r="758" spans="1:6">
       <c r="A758" t="s">
-        <v>2816</v>
+        <v>2765</v>
       </c>
       <c r="B758" t="s">
-        <v>2817</v>
+        <v>2766</v>
       </c>
       <c r="C758" t="s">
-        <v>2834</v>
+        <v>2841</v>
       </c>
       <c r="D758" t="s">
-        <v>2835</v>
+        <v>2842</v>
       </c>
       <c r="E758" s="2" t="s">
-        <v>2836</v>
+        <v>2843</v>
       </c>
       <c r="F758" s="2" t="s">
-        <v>2837</v>
+        <v>2844</v>
       </c>
     </row>
     <row r="759" spans="1:6">
       <c r="A759" t="s">
-        <v>2816</v>
+        <v>2765</v>
       </c>
       <c r="B759" t="s">
-        <v>2817</v>
+        <v>2766</v>
       </c>
       <c r="C759" t="s">
-        <v>2838</v>
+        <v>2845</v>
       </c>
       <c r="D759" t="s">
-        <v>2839</v>
+        <v>2846</v>
       </c>
       <c r="E759" s="2" t="s">
-        <v>2840</v>
+        <v>2847</v>
       </c>
       <c r="F759" s="2" t="s">
-        <v>2841</v>
+        <v>2848</v>
       </c>
     </row>
     <row r="760" spans="1:6">
       <c r="A760" t="s">
-        <v>2816</v>
+        <v>2765</v>
       </c>
       <c r="B760" t="s">
-        <v>2817</v>
+        <v>2766</v>
       </c>
       <c r="C760" t="s">
-        <v>2842</v>
+        <v>2849</v>
       </c>
       <c r="D760" t="s">
-        <v>2843</v>
+        <v>2849</v>
       </c>
       <c r="E760" s="2" t="s">
-        <v>2844</v>
+        <v>2850</v>
       </c>
       <c r="F760" s="2" t="s">
-        <v>2845</v>
+        <v>2851</v>
       </c>
     </row>
     <row r="761" spans="1:6">
       <c r="A761" t="s">
-        <v>2816</v>
+        <v>2765</v>
       </c>
       <c r="B761" t="s">
-        <v>2817</v>
+        <v>2766</v>
       </c>
       <c r="C761" t="s">
-        <v>2846</v>
+        <v>2495</v>
       </c>
       <c r="D761" t="s">
-        <v>2847</v>
+        <v>2496</v>
       </c>
       <c r="E761" s="2" t="s">
-        <v>2848</v>
+        <v>2852</v>
       </c>
       <c r="F761" s="2" t="s">
-        <v>2849</v>
+        <v>2853</v>
       </c>
     </row>
     <row r="762" spans="1:6">
       <c r="A762" t="s">
-        <v>2816</v>
+        <v>2765</v>
       </c>
       <c r="B762" t="s">
-        <v>2817</v>
+        <v>2766</v>
       </c>
       <c r="C762" t="s">
-        <v>2850</v>
+        <v>639</v>
       </c>
       <c r="D762" t="s">
-        <v>2851</v>
+        <v>640</v>
       </c>
       <c r="E762" s="2" t="s">
-        <v>2852</v>
+        <v>2854</v>
       </c>
       <c r="F762" s="2" t="s">
-        <v>2853</v>
+        <v>2855</v>
       </c>
     </row>
     <row r="763" spans="1:6">
       <c r="A763" t="s">
-        <v>2816</v>
+        <v>2765</v>
       </c>
       <c r="B763" t="s">
-        <v>2817</v>
+        <v>2766</v>
       </c>
       <c r="C763" t="s">
-        <v>2854</v>
+        <v>1687</v>
       </c>
       <c r="D763" t="s">
-        <v>2855</v>
+        <v>1688</v>
       </c>
       <c r="E763" s="2" t="s">
         <v>2856</v>
       </c>
       <c r="F763" s="2" t="s">
         <v>2857</v>
       </c>
     </row>
     <row r="764" spans="1:6">
       <c r="A764" t="s">
-        <v>2816</v>
+        <v>2765</v>
       </c>
       <c r="B764" t="s">
-        <v>2817</v>
+        <v>2766</v>
       </c>
       <c r="C764" t="s">
         <v>2858</v>
       </c>
       <c r="D764" t="s">
         <v>2859</v>
       </c>
       <c r="E764" s="2" t="s">
         <v>2860</v>
       </c>
       <c r="F764" s="2" t="s">
         <v>2861</v>
       </c>
     </row>
     <row r="765" spans="1:6">
       <c r="A765" t="s">
+        <v>2765</v>
+      </c>
+      <c r="B765" t="s">
+        <v>2766</v>
+      </c>
+      <c r="C765" t="s">
+        <v>1716</v>
+      </c>
+      <c r="D765" t="s">
+        <v>1717</v>
+      </c>
+      <c r="E765" s="2" t="s">
         <v>2862</v>
       </c>
-      <c r="B765" t="s">
+      <c r="F765" s="2" t="s">
         <v>2863</v>
-      </c>
-[...10 lines deleted...]
-        <v>2867</v>
       </c>
     </row>
     <row r="766" spans="1:6">
       <c r="A766" t="s">
-        <v>2862</v>
+        <v>2765</v>
       </c>
       <c r="B766" t="s">
-        <v>2863</v>
+        <v>2766</v>
       </c>
       <c r="C766" t="s">
-        <v>330</v>
+        <v>2864</v>
       </c>
       <c r="D766" t="s">
-        <v>331</v>
+        <v>2864</v>
       </c>
       <c r="E766" s="2" t="s">
-        <v>2868</v>
+        <v>2865</v>
       </c>
       <c r="F766" s="2" t="s">
-        <v>2869</v>
+        <v>2866</v>
       </c>
     </row>
     <row r="767" spans="1:6">
       <c r="A767" t="s">
-        <v>2862</v>
+        <v>2765</v>
       </c>
       <c r="B767" t="s">
-        <v>2863</v>
+        <v>2766</v>
       </c>
       <c r="C767" t="s">
+        <v>2867</v>
+      </c>
+      <c r="D767" t="s">
+        <v>2868</v>
+      </c>
+      <c r="E767" s="2" t="s">
+        <v>2869</v>
+      </c>
+      <c r="F767" s="2" t="s">
         <v>2870</v>
-      </c>
-[...7 lines deleted...]
-        <v>2873</v>
       </c>
     </row>
     <row r="768" spans="1:6">
       <c r="A768" t="s">
-        <v>2862</v>
+        <v>2765</v>
       </c>
       <c r="B768" t="s">
-        <v>2863</v>
+        <v>2766</v>
       </c>
       <c r="C768" t="s">
+        <v>2871</v>
+      </c>
+      <c r="D768" t="s">
+        <v>2872</v>
+      </c>
+      <c r="E768" s="2" t="s">
+        <v>2873</v>
+      </c>
+      <c r="F768" s="2" t="s">
         <v>2874</v>
-      </c>
-[...7 lines deleted...]
-        <v>2877</v>
       </c>
     </row>
     <row r="769" spans="1:6">
       <c r="A769" t="s">
-        <v>2862</v>
+        <v>2765</v>
       </c>
       <c r="B769" t="s">
-        <v>2863</v>
+        <v>2766</v>
       </c>
       <c r="C769" t="s">
-        <v>342</v>
+        <v>2875</v>
       </c>
       <c r="D769" t="s">
-        <v>343</v>
+        <v>2876</v>
       </c>
       <c r="E769" s="2" t="s">
+        <v>2877</v>
+      </c>
+      <c r="F769" s="2" t="s">
         <v>2878</v>
-      </c>
-[...1 lines deleted...]
-        <v>2879</v>
       </c>
     </row>
     <row r="770" spans="1:6">
       <c r="A770" t="s">
-        <v>2862</v>
+        <v>2765</v>
       </c>
       <c r="B770" t="s">
-        <v>2863</v>
+        <v>2766</v>
       </c>
       <c r="C770" t="s">
+        <v>2879</v>
+      </c>
+      <c r="D770" t="s">
         <v>2880</v>
       </c>
-      <c r="D770" t="s">
+      <c r="E770" s="2" t="s">
         <v>2881</v>
       </c>
-      <c r="E770" s="2" t="s">
+      <c r="F770" s="2" t="s">
         <v>2882</v>
-      </c>
-[...1 lines deleted...]
-        <v>2883</v>
       </c>
     </row>
     <row r="771" spans="1:6">
       <c r="A771" t="s">
-        <v>2862</v>
+        <v>2765</v>
       </c>
       <c r="B771" t="s">
-        <v>2863</v>
+        <v>2766</v>
       </c>
       <c r="C771" t="s">
+        <v>2883</v>
+      </c>
+      <c r="D771" t="s">
         <v>2884</v>
       </c>
-      <c r="D771" t="s">
+      <c r="E771" s="2" t="s">
         <v>2885</v>
       </c>
-      <c r="E771" s="2" t="s">
+      <c r="F771" s="2" t="s">
         <v>2886</v>
-      </c>
-[...1 lines deleted...]
-        <v>2887</v>
       </c>
     </row>
     <row r="772" spans="1:6">
       <c r="A772" t="s">
-        <v>2862</v>
+        <v>2765</v>
       </c>
       <c r="B772" t="s">
-        <v>2863</v>
+        <v>2766</v>
       </c>
       <c r="C772" t="s">
+        <v>2887</v>
+      </c>
+      <c r="D772" t="s">
         <v>2888</v>
       </c>
-      <c r="D772" t="s">
+      <c r="E772" s="2" t="s">
         <v>2889</v>
       </c>
-      <c r="E772" s="2" t="s">
+      <c r="F772" s="2" t="s">
         <v>2890</v>
-      </c>
-[...1 lines deleted...]
-        <v>2891</v>
       </c>
     </row>
     <row r="773" spans="1:6">
       <c r="A773" t="s">
-        <v>2862</v>
+        <v>2765</v>
       </c>
       <c r="B773" t="s">
-        <v>2863</v>
+        <v>2766</v>
       </c>
       <c r="C773" t="s">
+        <v>2891</v>
+      </c>
+      <c r="D773" t="s">
         <v>2892</v>
       </c>
-      <c r="D773" t="s">
+      <c r="E773" s="2" t="s">
         <v>2893</v>
       </c>
-      <c r="E773" s="2" t="s">
+      <c r="F773" s="2" t="s">
         <v>2894</v>
       </c>
-      <c r="F773" s="2" t="s">
+    </row>
+    <row r="774" spans="1:6">
+      <c r="A774" t="s">
+        <v>2765</v>
+      </c>
+      <c r="B774" t="s">
+        <v>2766</v>
+      </c>
+      <c r="C774" t="s">
         <v>2895</v>
+      </c>
+      <c r="D774" t="s">
+        <v>2896</v>
+      </c>
+      <c r="E774" s="2" t="s">
+        <v>2897</v>
+      </c>
+      <c r="F774" s="2" t="s">
+        <v>2898</v>
+      </c>
+    </row>
+    <row r="775" spans="1:6">
+      <c r="A775" t="s">
+        <v>2765</v>
+      </c>
+      <c r="B775" t="s">
+        <v>2766</v>
+      </c>
+      <c r="C775" t="s">
+        <v>2899</v>
+      </c>
+      <c r="D775" t="s">
+        <v>2900</v>
+      </c>
+      <c r="E775" s="2" t="s">
+        <v>2901</v>
+      </c>
+      <c r="F775" s="2" t="s">
+        <v>2902</v>
+      </c>
+    </row>
+    <row r="776" spans="1:6">
+      <c r="A776" t="s">
+        <v>2903</v>
+      </c>
+      <c r="B776" t="s">
+        <v>2904</v>
+      </c>
+      <c r="C776" t="s">
+        <v>2905</v>
+      </c>
+      <c r="D776" t="s">
+        <v>2906</v>
+      </c>
+      <c r="E776" s="2" t="s">
+        <v>2907</v>
+      </c>
+      <c r="F776" s="2" t="s">
+        <v>2908</v>
+      </c>
+    </row>
+    <row r="777" spans="1:6">
+      <c r="A777" t="s">
+        <v>2903</v>
+      </c>
+      <c r="B777" t="s">
+        <v>2904</v>
+      </c>
+      <c r="C777" t="s">
+        <v>2909</v>
+      </c>
+      <c r="D777" t="s">
+        <v>2910</v>
+      </c>
+      <c r="E777" s="2" t="s">
+        <v>2911</v>
+      </c>
+      <c r="F777" s="2" t="s">
+        <v>2912</v>
+      </c>
+    </row>
+    <row r="778" spans="1:6">
+      <c r="A778" t="s">
+        <v>2903</v>
+      </c>
+      <c r="B778" t="s">
+        <v>2904</v>
+      </c>
+      <c r="C778" t="s">
+        <v>2913</v>
+      </c>
+      <c r="D778" t="s">
+        <v>2914</v>
+      </c>
+      <c r="E778" s="2" t="s">
+        <v>2915</v>
+      </c>
+      <c r="F778" s="2" t="s">
+        <v>2916</v>
+      </c>
+    </row>
+    <row r="779" spans="1:6">
+      <c r="A779" t="s">
+        <v>2903</v>
+      </c>
+      <c r="B779" t="s">
+        <v>2904</v>
+      </c>
+      <c r="C779" t="s">
+        <v>2917</v>
+      </c>
+      <c r="D779" t="s">
+        <v>2918</v>
+      </c>
+      <c r="E779" s="2" t="s">
+        <v>2919</v>
+      </c>
+      <c r="F779" s="2" t="s">
+        <v>2920</v>
+      </c>
+    </row>
+    <row r="780" spans="1:6">
+      <c r="A780" t="s">
+        <v>2903</v>
+      </c>
+      <c r="B780" t="s">
+        <v>2904</v>
+      </c>
+      <c r="C780" t="s">
+        <v>2921</v>
+      </c>
+      <c r="D780" t="s">
+        <v>2922</v>
+      </c>
+      <c r="E780" s="2" t="s">
+        <v>2923</v>
+      </c>
+      <c r="F780" s="2" t="s">
+        <v>2924</v>
+      </c>
+    </row>
+    <row r="781" spans="1:6">
+      <c r="A781" t="s">
+        <v>2903</v>
+      </c>
+      <c r="B781" t="s">
+        <v>2904</v>
+      </c>
+      <c r="C781" t="s">
+        <v>2925</v>
+      </c>
+      <c r="D781" t="s">
+        <v>2926</v>
+      </c>
+      <c r="E781" s="2" t="s">
+        <v>2927</v>
+      </c>
+      <c r="F781" s="2" t="s">
+        <v>2928</v>
+      </c>
+    </row>
+    <row r="782" spans="1:6">
+      <c r="A782" t="s">
+        <v>2903</v>
+      </c>
+      <c r="B782" t="s">
+        <v>2904</v>
+      </c>
+      <c r="C782" t="s">
+        <v>2929</v>
+      </c>
+      <c r="D782" t="s">
+        <v>2930</v>
+      </c>
+      <c r="E782" s="2" t="s">
+        <v>2931</v>
+      </c>
+      <c r="F782" s="2" t="s">
+        <v>2932</v>
+      </c>
+    </row>
+    <row r="783" spans="1:6">
+      <c r="A783" t="s">
+        <v>2903</v>
+      </c>
+      <c r="B783" t="s">
+        <v>2904</v>
+      </c>
+      <c r="C783" t="s">
+        <v>2933</v>
+      </c>
+      <c r="D783" t="s">
+        <v>2934</v>
+      </c>
+      <c r="E783" s="2" t="s">
+        <v>2935</v>
+      </c>
+      <c r="F783" s="2" t="s">
+        <v>2936</v>
+      </c>
+    </row>
+    <row r="784" spans="1:6">
+      <c r="A784" t="s">
+        <v>2903</v>
+      </c>
+      <c r="B784" t="s">
+        <v>2904</v>
+      </c>
+      <c r="C784" t="s">
+        <v>2937</v>
+      </c>
+      <c r="D784" t="s">
+        <v>2938</v>
+      </c>
+      <c r="E784" s="2" t="s">
+        <v>2939</v>
+      </c>
+      <c r="F784" s="2" t="s">
+        <v>2940</v>
+      </c>
+    </row>
+    <row r="785" spans="1:6">
+      <c r="A785" t="s">
+        <v>2903</v>
+      </c>
+      <c r="B785" t="s">
+        <v>2904</v>
+      </c>
+      <c r="C785" t="s">
+        <v>2941</v>
+      </c>
+      <c r="D785" t="s">
+        <v>2942</v>
+      </c>
+      <c r="E785" s="2" t="s">
+        <v>2943</v>
+      </c>
+      <c r="F785" s="2" t="s">
+        <v>2944</v>
+      </c>
+    </row>
+    <row r="786" spans="1:6">
+      <c r="A786" t="s">
+        <v>2903</v>
+      </c>
+      <c r="B786" t="s">
+        <v>2904</v>
+      </c>
+      <c r="C786" t="s">
+        <v>2945</v>
+      </c>
+      <c r="D786" t="s">
+        <v>2946</v>
+      </c>
+      <c r="E786" s="2" t="s">
+        <v>2947</v>
+      </c>
+      <c r="F786" s="2" t="s">
+        <v>2948</v>
+      </c>
+    </row>
+    <row r="787" spans="1:6">
+      <c r="A787" t="s">
+        <v>2949</v>
+      </c>
+      <c r="B787" t="s">
+        <v>2950</v>
+      </c>
+      <c r="C787" t="s">
+        <v>2951</v>
+      </c>
+      <c r="D787" t="s">
+        <v>2952</v>
+      </c>
+      <c r="E787" s="2" t="s">
+        <v>2953</v>
+      </c>
+      <c r="F787" s="2" t="s">
+        <v>2954</v>
+      </c>
+    </row>
+    <row r="788" spans="1:6">
+      <c r="A788" t="s">
+        <v>2949</v>
+      </c>
+      <c r="B788" t="s">
+        <v>2950</v>
+      </c>
+      <c r="C788" t="s">
+        <v>334</v>
+      </c>
+      <c r="D788" t="s">
+        <v>335</v>
+      </c>
+      <c r="E788" s="2" t="s">
+        <v>2955</v>
+      </c>
+      <c r="F788" s="2" t="s">
+        <v>2956</v>
+      </c>
+    </row>
+    <row r="789" spans="1:6">
+      <c r="A789" t="s">
+        <v>2949</v>
+      </c>
+      <c r="B789" t="s">
+        <v>2950</v>
+      </c>
+      <c r="C789" t="s">
+        <v>2957</v>
+      </c>
+      <c r="D789" t="s">
+        <v>2958</v>
+      </c>
+      <c r="E789" s="2" t="s">
+        <v>2959</v>
+      </c>
+      <c r="F789" s="2" t="s">
+        <v>2960</v>
+      </c>
+    </row>
+    <row r="790" spans="1:6">
+      <c r="A790" t="s">
+        <v>2949</v>
+      </c>
+      <c r="B790" t="s">
+        <v>2950</v>
+      </c>
+      <c r="C790" t="s">
+        <v>2961</v>
+      </c>
+      <c r="D790" t="s">
+        <v>2962</v>
+      </c>
+      <c r="E790" s="2" t="s">
+        <v>2963</v>
+      </c>
+      <c r="F790" s="2" t="s">
+        <v>2964</v>
+      </c>
+    </row>
+    <row r="791" spans="1:6">
+      <c r="A791" t="s">
+        <v>2949</v>
+      </c>
+      <c r="B791" t="s">
+        <v>2950</v>
+      </c>
+      <c r="C791" t="s">
+        <v>346</v>
+      </c>
+      <c r="D791" t="s">
+        <v>347</v>
+      </c>
+      <c r="E791" s="2" t="s">
+        <v>2965</v>
+      </c>
+      <c r="F791" s="2" t="s">
+        <v>2966</v>
+      </c>
+    </row>
+    <row r="792" spans="1:6">
+      <c r="A792" t="s">
+        <v>2949</v>
+      </c>
+      <c r="B792" t="s">
+        <v>2950</v>
+      </c>
+      <c r="C792" t="s">
+        <v>2967</v>
+      </c>
+      <c r="D792" t="s">
+        <v>2968</v>
+      </c>
+      <c r="E792" s="2" t="s">
+        <v>2969</v>
+      </c>
+      <c r="F792" s="2" t="s">
+        <v>2970</v>
+      </c>
+    </row>
+    <row r="793" spans="1:6">
+      <c r="A793" t="s">
+        <v>2949</v>
+      </c>
+      <c r="B793" t="s">
+        <v>2950</v>
+      </c>
+      <c r="C793" t="s">
+        <v>2971</v>
+      </c>
+      <c r="D793" t="s">
+        <v>2972</v>
+      </c>
+      <c r="E793" s="2" t="s">
+        <v>2973</v>
+      </c>
+      <c r="F793" s="2" t="s">
+        <v>2974</v>
+      </c>
+    </row>
+    <row r="794" spans="1:6">
+      <c r="A794" t="s">
+        <v>2949</v>
+      </c>
+      <c r="B794" t="s">
+        <v>2950</v>
+      </c>
+      <c r="C794" t="s">
+        <v>2975</v>
+      </c>
+      <c r="D794" t="s">
+        <v>2976</v>
+      </c>
+      <c r="E794" s="2" t="s">
+        <v>2977</v>
+      </c>
+      <c r="F794" s="2" t="s">
+        <v>2978</v>
+      </c>
+    </row>
+    <row r="795" spans="1:6">
+      <c r="A795" t="s">
+        <v>2949</v>
+      </c>
+      <c r="B795" t="s">
+        <v>2950</v>
+      </c>
+      <c r="C795" t="s">
+        <v>2979</v>
+      </c>
+      <c r="D795" t="s">
+        <v>2980</v>
+      </c>
+      <c r="E795" s="2" t="s">
+        <v>2981</v>
+      </c>
+      <c r="F795" s="2" t="s">
+        <v>2982</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="landscape" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter>&amp;R&amp;13&amp;K6E6E6E &amp;F &amp;D &amp;T</oddFooter>
     <evenHeader/>
     <evenFooter>&amp;R&amp;13&amp;K6E6E6E &amp;F &amp;D &amp;T</evenFooter>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">